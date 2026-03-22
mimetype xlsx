--- v0 (2026-01-30)
+++ v1 (2026-03-22)
@@ -10,1349 +10,1370 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1010" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1018" uniqueCount="440">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>TAIZA GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_2025.pdf</t>
   </si>
   <si>
     <t>Indicações encaminhadas pelo Vereador ao longo de 2025.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>PPTC</t>
   </si>
   <si>
     <t>Parecer prévio do TCEES</t>
   </si>
   <si>
     <t>Tribuna de Contas do Estado do Espírito Santo - TCEES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/</t>
+    <t>http://sapl.alegre.es.leg.br/media/</t>
   </si>
   <si>
     <t>PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO, REFERENTENA PRESTAÇÃO DE CONTAS DA PMA - EXERCÍCIO DE 2023 DE RESPONSABILIDADE DO PREFEITO NIRRÔ EMERICK.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>PRT</t>
   </si>
   <si>
     <t>Portaria Legislativa</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1144/portaria_001.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1144/portaria_001.2025.pdf</t>
   </si>
   <si>
     <t>ESTABELECE EXCEPCIONALMENTE HORÁRIO DE EXPEDIENTE REDUZIDO NA CÂMARA MUNICIPAL DE ALEGRE/ES, NO PERÍODO DE RECESSO DAS ATIVIDADES LEGISLATIVAS.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1216/portaria_002.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1216/portaria_002.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DA COMISSÃO DE PLANEJAMENTO E CONTRATAÇÕES PÚBLICAS E NOMEIA MEMBROS PARA SUA COMPOSIÇÃO, NO ÂMBITO DO PODER LEGISLATIVO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1217/portaria_003.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1217/portaria_003.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE MEMBROS PARA COMPOR A COMISSÃO DE GGESTÃO DOS BENS PATRIMONIAIS DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1218/portaria_007._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1218/portaria_007._2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE MEMBROS PARA COMPOR A COMISSÃO DE GESTÃO DE BENS PATRIMONIAIS DA CÂMARA MUNICIPAL DE ALEGRE/ES</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1219/portaria_008._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1219/portaria_008._2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE FISCAIS DE CONTRATOS ADMINISTRATIVOS NOS TERMOS DA LEI Nº 14.133/21.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>PLCMA</t>
   </si>
   <si>
     <t>Projeto de Lei CMA</t>
   </si>
   <si>
     <t>WILLIAN BESTETE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1145/pl_01.2025_-_inclusao_no_calendario_oficial_a_festa_religiosa_de_celina.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1145/pl_01.2025_-_inclusao_no_calendario_oficial_a_festa_religiosa_de_celina.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE/ES, A FESTA RELIGIOSA DA PADROEIRA DA PARÓQUIA NOSSA SENHORA DE LOURDES, DO DISTRITO DE CELINA, DESTE MUNICÍPIO DE ALEGRE/ES</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1147/pl_002.2025_-_reconhecimento_de_utilidade_publica_rive_atletico_clube.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1147/pl_002.2025_-_reconhecimento_de_utilidade_publica_rive_atletico_clube.pdf</t>
   </si>
   <si>
     <t>RECONHECE E CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO RIVE ATLÉTICO CLUBE.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1149/projeto_de_lei_cma_no_003.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1149/projeto_de_lei_cma_no_003.2025.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, LOCALIZADO NO LOTEAMENTO ALTO COBRINHA, BAIRRO NOSSA SENHORA DA CONCEIÇÃO, NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>TAIZA GARCIA, RILDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1151/pl_004.2025_-_denominacao_de_rua_no_distrito_de_celina_-_taiza_garcia.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1151/pl_004.2025_-_denominacao_de_rua_no_distrito_de_celina_-_taiza_garcia.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, LOCALIZADO NO DISTRITO DE CELINA, NO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Câmara Municipal de Alegre - CMA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1152/pl_005.2025_-_denominacao_de_rua_em_alegre_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1152/pl_005.2025_-_denominacao_de_rua_em_alegre_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, NO DISTRITO DA SEDE DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PATRÍCIA BRAVO</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_de_lei_cma_no_006.2025_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_de_lei_cma_no_006.2025_001.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE/ES, O DIA MUNICIPAL DOS PROFISSIONAIS DA ENFERMAGEM.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1167/projeto_de_lei_cma_no_007.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1167/projeto_de_lei_cma_no_007.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DE DISPOSITIVOS DA LEI MUNCIPAL Nº 3794, DE 20 DE JULHO DE 2023.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>RENATO VIANA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_cma_no_08.2025_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_cma_no_08.2025_001.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE ALEGRE-ES, O DIA DO CONTADOR.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>SERGINHO RIDOLPHI</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1169/proj_de_lei_cma_no_009.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1169/proj_de_lei_cma_no_009.2025.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO AO CAMPO DE FUTEBOL SOCIETY SITUADO NO CENTRO RECREATIVO DO DO TERREIRÃO "MANOEL BITTENCOURT DE MIRANDA", NO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1170/proj_de_lei_cma_no_010.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1170/proj_de_lei_cma_no_010.2025.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE/ES, O ENCONTRO DE FUSCA E ANTIGOS NO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_lei_cma_011.202508042025105932.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_lei_cma_011.202508042025105932.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, LOCALIZADO NA SEDE DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1180/pl_012.2025_-_denominacao_de_imovel_assentamento_paraiso_-_willian.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1180/pl_012.2025_-_denominacao_de_imovel_assentamento_paraiso_-_willian.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A IMÓVEL SITUADO NA COMUNIDADE DO ASSENTAMENTO PARAÍSO, NO MUNICÍPIO E ALEGRE-ES.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1181/projeto_de_lei_cma_no_013.202506052025143236.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1181/projeto_de_lei_cma_no_013.202506052025143236.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO DE HONRA AO MÉRITO "ARY FIOREZI", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_cma_no_014.202503062025101823.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_cma_no_014.202503062025101823.pdf</t>
   </si>
   <si>
     <t>INSTITUI SOBRE POLÍTICA PÚBLICA DO MUNICÍPIO DE ALEGRE/ES, PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA – TEA E SEUS FAMILIARES.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1189/projeto_de_lei_cma_no_015.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1189/projeto_de_lei_cma_no_015.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº 3.736/2022.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>RENATA ALVES, TAIZA GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1191/proj_de_lei_cma_no_016.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1191/proj_de_lei_cma_no_016.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLEMENTAÇÃO DO PROGRAMA CIDADE-ESPONJA NO MUNICÍPIO DE ALEGRE – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1197/pl_017.2025_-_dispoe_sobre_o_reconhecimeto_do_trabalho_voluntario_-_taiza.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1197/pl_017.2025_-_dispoe_sobre_o_reconhecimeto_do_trabalho_voluntario_-_taiza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO DO TRABALHO VOLUNTÁRIO COMO TEMPO DE SERVIÇO SOCIAL RELEVANTE NO ÂMBITO DO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1200/pl_018.2025_-_denominacao_da_nova_praca_da_vila_alta_-_patricia.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1200/pl_018.2025_-_denominacao_da_nova_praca_da_vila_alta_-_patricia.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO AO ESPAÇO DA ÁREA DE LAZER NA VILA ALTA, NESTE MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1198/pl_019.2025_-_denominacao_do_muro_do_ginasio_-_sergio.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1198/pl_019.2025_-_denominacao_do_muro_do_ginasio_-_sergio.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO AO MURO DE CONTENÇÃO SITUADO NA RUA VIRGÍLIO REZENDE, NO MUNCÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>LUIZ DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_cma_no_020.2025_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_cma_no_020.2025_001.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CARTEIRINHA DE IDENTIFICAÇÃO DO PORTADOR DE FIBROMIALGIA, NO ÂMBITO DO MUNICÍPIO DE ALEGRE-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_cma_no_021.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_cma_no_021.2025.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE/ES, O DIA MUNICIPAL DA IGREJA CRISTÃ MARANATA</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1204/proj_de_lei_no_022.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1204/proj_de_lei_no_022.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DE DISPOSITIVOS DA LEI MUNICIPAL Nº 3.887, DE 22 DE AGOSTO DE 2024.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1212/pl_023.2025_-_denominacao_de_rua_na_praca_do_triangulo_-_taiza_garcia.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1212/pl_023.2025_-_denominacao_de_rua_na_praca_do_triangulo_-_taiza_garcia.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, LOCALIZADO PRÓXIMA À PRAÇA ANTÔNIO CORREA MONTEIRO, BAIRRO TRIÂNGULO, NO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1206/pl_024.2025_-_concessao_de_utilidade_publica_-_sergio_2.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1206/pl_024.2025_-_concessao_de_utilidade_publica_-_sergio_2.pdf</t>
   </si>
   <si>
     <t>RECONHECE E CONSIDERA DE UTILIDADE PÚBLICA A AUGUSTA E RESPEITÁVEL LOJA MAÇÔNICA FRATERNIDADE ALEGRENSE N.72.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1209/pl_025.2025_-_denominacao_da_cobertura_da_arena_da_exposicao_-_willian.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1209/pl_025.2025_-_denominacao_da_cobertura_da_arena_da_exposicao_-_willian.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A COBERTURA DA ARENA DO PARQUE DE EXPOSIÇÕES GERALDO SANTOS, NO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>RENATA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1210/pl_026.2025_-_projeto_da_brigada_de_incencio_-_renata.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1210/pl_026.2025_-_projeto_da_brigada_de_incencio_-_renata.pdf</t>
   </si>
   <si>
     <t>CRIA A BRIGADA VOLUNTÁRIA CIVIL E MISTA DE COMBATE A INCÊNDIOS NO MUNICÍPIO DE ALEGRE/ ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_027.2025_-_denominacao_de_rua_-_sergio.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_027.2025_-_denominacao_de_rua_-_sergio.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, LOCALIZADO NA SEDE DO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1254/pl_028.2025_-_denominacao_de_rua_-_taiza.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1254/pl_028.2025_-_denominacao_de_rua_-_taiza.pdf</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1259/projeto_de_lei_no_cma_029.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1259/projeto_de_lei_no_cma_029.2025.pdf</t>
   </si>
   <si>
     <t>RECONHECE E CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES E PRODUTORES RURAIS DA COMUNIDADE DE BOM VER.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_de_lei_no_cma_030.2025..pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_de_lei_no_cma_030.2025..pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE/ES, O "OUTUBRO ROSA PELA VIDA DAS MULHERES", NESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei_cma_no_031.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei_cma_no_031.2025.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE/ES, O "DIA DAS TRADIÇÕES DAS RAÍZES DE MATRIZES AFRICANAS, AFRO-BRASILEIRAS E INDÍGENAS", NESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei_cma_no_032.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei_cma_no_032.2025.pdf</t>
   </si>
   <si>
     <t>RECONHECE E CONSIDERA DE UTILIDADE DE PÚBLICA A AATG - ASSOCIAÇÃO DE EX-ATIRADORES E AMIGOS DO TIRO DE GUERRA 01-005.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1268/pl_033.2025_-_reconhecimento_de_utilidade_publica_produtores_de_agua_limpa_-_sergio.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1268/pl_033.2025_-_reconhecimento_de_utilidade_publica_produtores_de_agua_limpa_-_sergio.pdf</t>
   </si>
   <si>
     <t>RECONHECE E CONSIDERA DE UTILIDADE PÚBLICA A APRAVI - ASSOCIAÇÃO DOS PRODUTORES DE ÁGUA LIMPA E VIZINHANÇA.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1269/pl_034.2025_-_denominacao_de_calcamento_na_zona_rural_-_willian.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1269/pl_034.2025_-_denominacao_de_calcamento_na_zona_rural_-_willian.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO AO CALÇAMENTO PÚBLICO RURAL, NO TRECHO CAFÉ X ROSEIRA, NO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1279/proj_de_lei_cma_no_035.2025.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE ABONO AOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>1146</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de lei complementar</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1146/projeto_de_lei_compl_no_001.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1146/projeto_de_lei_compl_no_001.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA E INSERE DISPOSITIVOS NA LEI MUNICIPAL Nº 3.828/2023, QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1150/projeto_de_lei_complementar_no_002.2025_024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1150/projeto_de_lei_complementar_no_002.2025_024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.524, DE 27 DE DEZEMBRO DE 2018, QUE DISPÕE SOBRE O PLANO DE CARGOS E CARREIRAS DO PESSOAL DO MAGISTÉRIO PÚBLICO SUPERIOR E TÉCNICO ADMINISTRATIVO DA FACULDADE DE FILOSOFIA, CIÊNCIAS E LETRAS DE ALEGRE - FAFIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_complementar_no_003.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_complementar_no_003.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL PREVISTA NO ART. 37, INCISO X DA CF/88</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1172/proj_de_lei_compl_no_004.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1172/proj_de_lei_compl_no_004.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO DO PISO SALARIAL DO MAGISTÉRIO E REAJUSTE DOS VENCIMENTOS DOS PROFISSIONAIS DA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1173/proj_de_lei_compl_no_005.2025.16042025171148.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1173/proj_de_lei_compl_no_005.2025.16042025171148.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS NOVOS VENCIMENTOS DO CONTROLADOR GERAL DO MUNICÍPIO, DO PROCURADOR GERAL DO MUNICÍPIO E DOS DIRETORES DE AUTARQUIAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_lei_compl_no_006.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_lei_compl_no_006.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL DE Nº 3.524, DE 27 DE DEZEMBRO DE 2018, QUE DISPÕE SOBRE O PLANO DE CARGOS E CARREIRAS DO PESSOAL DO MAGISTÉRIO PÚBLICO SUPERIOR E TÉCNICO ADMINISTRATIVO DA FACULDADE DE FILOSOFIA, CIÊNCIAS E LETRAS DE ALEGRE</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1183/proj_de_lei_compl_no_007.202523052025100016.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1183/proj_de_lei_compl_no_007.202523052025100016.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 004/2022 DE 06 DE JUNHO DE 2022, PARA ADEQUAR A ESTRUTURA ADMINISTRATIVA DO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DO MUNICÍPIO DE ALEGRE - IPASMA.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1184/projeto_de_lei_compl_no_008.202523052025105320.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1184/projeto_de_lei_compl_no_008.202523052025105320.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.582/2020, DE 25 DE MARÇO DE 2020, QUE DISPÕE SOBRE A REFORMULAÇÃO DA ESTRUTURA BÁSICA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE ALEGRE.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1193/pl_compl._009.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1193/pl_compl._009.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 18 DA LEI MUNICIPAL Nº 3.472/2017, QUE DISPÕE SOBRE A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE MEIO AMBIENTE - CMMA</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1195/projeto_de_lei_compl_010.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1195/projeto_de_lei_compl_010.2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 010/2025 - ALTERA A LEI MUNICIPAL Nº 2.249, DE 30 DE NOVEMBRO DE 1995, QUE DISPÕE SOBRE ESTRUTURA ADMINISTRATIVA DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE ALEGRE-SAAE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>ALTERA AS ALÍQUOTAS DE CONTRIBUIÇÃO PREVIDENCIÁRIA PATRONAL PARA O CUSTEIO NORMAL DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL (RPPS) DO MUNICÍPIO DE ALEGRE, ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1148/proj_de_lei_executivo_no_001.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1148/proj_de_lei_executivo_no_001.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DE ALEGRE - REFIS MUNICIPAL 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO AO PLAYGROUND INFANTIL DO DISTRITO DE CELINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1177/projeto_de_lei_exe_004.202508042025103725.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1177/projeto_de_lei_exe_004.202508042025103725.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVO PLANO DIRETOR MUNICIPAL DE ALEGRE E DÁ OUTRA PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_exe_005.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_exe_005.2025.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO VI AO ARTIGO 8º NA LEI MUNICIPAL Nº 3.611/2020 E ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL 3.852/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_exe_no_006.202530042025144239.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_exe_no_006.202530042025144239.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1185/projeto_de_lei_no_exe_007.202528052025093555.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1185/projeto_de_lei_no_exe_007.202528052025093555.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº3.611/2020, DE 15 DE DEZEMBRO DE 2020, QUE DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ART.37 DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1186/proj_de_lei_cma_no_008.202502062025094144.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1186/proj_de_lei_cma_no_008.202502062025094144.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.819, DE 17 DE NOVEMBRO DE 2023, A FIM DE AMPLIAR O ROL DE ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO PÚBLICA AOS QUAIS O MUNICÍPIO DE ALEGRE PODE REALIZAR A CESSÃO DE ESTAGIÁRIOS.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1188/projeto_de_lei_exe_009.202510062025144817.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1188/projeto_de_lei_exe_009.202510062025144817.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA "PET + ALEGRE" NO ÂMBITO DO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_de_lei_exe_no_010.202517062025092133.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_de_lei_exe_no_010.202517062025092133.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE SEGURANÇA PÚBLICA DE ALEGRE - FUMSEP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1192/pl_exe_011.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1192/pl_exe_011.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DESTINADO A IMPLANTAÇÃO E MANUTENÇÃO DE SECRETARIAS ESTRUTURADAS PELA LEI COMPLEMENTAR Nº 021/2025, NO ÂMBITO DA PREFEITURA MUNICIPAL DE ALEGRE.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_exe_012.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_exe_012.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE CESSÃO DE USO DE PARTE DO PRÉDIO DO PRONTO SOCORRO MUNICIPAL DE ALEGRE/ES, PARA FINS DE REALIZAÇÃO DE EXAMES (DIAGNOSTICOS, PROCEDIMENTOS CIRÚRGICOS DO APARELHO DE VISÃO E CIRURGIAS ELETIVAS) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1199/projeto_de_lei_exe_013.2025_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1199/projeto_de_lei_exe_013.2025_001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL PARA ATENDER AS NECESSIDADES DA SECRETARIA EXECUTIVA DE SAÚDE DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1201/projeto_de_lei_exe_no_014.2025_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1201/projeto_de_lei_exe_no_014.2025_001.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PLANO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE ALEGRE/ES, APROVADO PELA LEI 3.342, DE 06 DE AGOSTO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1260/projeto_de_lei_no_015.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1260/projeto_de_lei_no_015.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA NACIONAL DE BRIGADISTAS VOLUNTÁRIOS NO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_lei_no_016.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_lei_no_016.2025.pdf</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1214/proj_de_lei_exe_no_017.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1214/proj_de_lei_exe_no_017.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE ALEGRE-ES PARA O PERÍODO DE 2026 A 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1215/proj_de_lei_exe_no_018.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1215/proj_de_lei_exe_no_018.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 3.613 DE 23 DE DEZEMBRO DE 2020, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE ALEGRE-ES; ALTERA A LEI MUNICIPAL Nº 3.677 DE 22 DE DEZEMBRO DE 2021, QUE REGULAMENTA O INSTITUTO DAS PARCERIAS PÚBLICO-PRIVADAS NO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_exe_019.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_exe_019.2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE ALEGRE PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1253/projeto_de_lei_exe_no_020.2025_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1253/projeto_de_lei_exe_no_020.2025_001.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO VII, DO ART. 87 DA LEI 3.820/2023, QUE DISPÕE SOBRE A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE BEM-ESTAR ANIMAL.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1263/projeto_de_lei_no_exe_022.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1263/projeto_de_lei_no_exe_022.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.673/2021, PARA SUBSTITUIR A NOMENCLATURA DA SECRETARIA EXECUTIVA DE CULTURA, TURISMO E ESPORTE PARA SECRETARIA EXECUTIVA DE DESENVOLVIMENTO ECONÔMICO, INOVAÇÃO E TURISMO, ACRESCE O INCISO IV AO ART. 4º E ALTERA O ART. 8º E SEUS INCISOS.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1257/projet_de_lei_no_exe_023.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1257/projet_de_lei_no_exe_023.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1262/projeto_de_lei_no_exe_024.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1262/projeto_de_lei_no_exe_024.2025.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE/ES O DIA DA IMIGRAÇÃO LIBANESA.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei_exe_no_025.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei_exe_no_025.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI 3.728, DE 24 DE AGOSTO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1272/projeto_de_lei_exe_026.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1272/projeto_de_lei_exe_026.2025.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PRIVADA "ALEGRENSE FUTEBOL CLUBE", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1273/projeto_de_lei_exe_027.2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1273/projeto_de_lei_exe_027.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DA LEI DE DIRETIRZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_de_lei_exe_028.2025_001.pdf</t>
+  </si>
+  <si>
     <t>REVOGA A LEI MUNICIPAL Nº 2.699, DATADA DE 09 DE FEVEREIRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1275/proj_de_lei_exe_no_029.2025.pdf</t>
+  </si>
+  <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL PELA PRIMEIRA INFÂNCIA E DISPÕE SOBRE O ATENDIMENTO INTERSETORIAL DAS POLÍTICAS PÚBLICAS, E DÁ OUTRAS PROVIDÊNCIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1277/proj_de_lei_exe_no_031.2025.pdf</t>
+  </si>
+  <si>
     <t>CRIA O FUNDO MUNICIPAL DE DESENVOLVIMENTO DO ESPORTE - FMDE.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1222/1.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1222/1.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA JACQUELINE OLIVEIRA DA SILVA, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>GILBERTO DO TRAILER</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1223/2.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1223/2.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ELIETE RODRIGUES DO VALLE O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>MERÇON</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1224/3.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1224/3.pdf</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1225/4.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1225/4.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MARIA DOMINGAS GAMA, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1226/5.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1226/5.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ELIANE PINZE GONÇALVES, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1227/6.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1227/6.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ALESSANDRA VASCONCELOS ALBERGARIA, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>RILDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1228/7.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1228/7.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA DANIELLE PEREIRA DUARTE, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>ROMAR AZEVEDO MENDES</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ELISIA COSTA MONTEIRO BARRETO, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1230/9.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1230/9.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MARÍLIA ANGÉLICA DIAS DE SOUZA SIMÕES, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1231/10.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1231/10.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ANDREIA ROZIANE DA COSTA, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1232/11.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1232/11.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ANACLETES PEREIRA DA SILVA, O DIPLOMA DE “HONRA AO MÉRITO”.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1233/12.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1233/12.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR MÁRCIO TEODORO DA SILVA O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1234/13.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1234/13.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR MALVINO BERNARDO DA SILVA O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1235/14.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1235/14.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR CARLOS HENRIQUE DIAS O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1236/15.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1236/15.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR DICKSON DELGADO O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1237/16.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1237/16.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR HENRIQUE MARCOLINO DA SILVA O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1238/17.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1238/17.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR FABIANO CONTARATO O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1239/18.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1239/18.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR JOÃO LUIZ SOARES DIAS O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1240/19.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1240/19.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MARIA ANGÉLICA RIBEIRO MENDES VALORY O TÍTULO DE “CIDADÃ ALEGRENSE”.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1241/20.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1241/20.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA FABÍULA PIZETA UGGERI CARLETTI O TÍTULO DE “CIDADÃ ALEGRENSE”.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1242/21.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1242/21.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR ROMULO MATOS DE MORAES O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1243/22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1243/22.pdf</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1244/23.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1244/23.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR GILSON DANIEL BATISTA O TÍTULO DE “AMIGO DE ALEGRE”.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1245/24.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1245/24.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR FABIANO TEIXEIRA DA CRUZ O TÍTULO DE “ALEGRENSE AUSENTE”.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1246/25.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1246/25.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR ALMIR DA SILVA GANDINE O TÍTULO “CELINA SANTOS ABREU – TIA CECÉ”.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR LUCIANO VIAL ORCINO O TÍTULO “MONSENHOR JOSÉ BELLOTTI”.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1248/27.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1248/27.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR GERALDO MAGELA DE SOUZA O TÍTULO “MONSENHOR JOÃO BATISTA PAVESI”.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA PÂMELLA SANTOS CIRICO O TÍTULO “ELIAS SIMÃO”.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1250/29.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1250/29.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR JACIMAR GRYPP DE SOUZA O TÍTULO “PASTOR FRANCISCO COLARES”.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1251/30.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1251/30.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR MANOEL SOARES OSTO O TÍTULO “ARY FIOREZI DE OLIVEIRA”.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1252/31.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1252/31.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 034/2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_resolucao_dia_internacional_da_mulher.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_resolucao_dia_internacional_da_mulher.pdf</t>
   </si>
   <si>
     <t>INSTITUI HOMENAGEM À MULHER ALEGRENSE.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_resolucao_altera_regimento_mocoes.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_resolucao_altera_regimento_mocoes.pdf</t>
   </si>
   <si>
     <t>ALTERA AS REDAÇÕES DO TEXTO QUE ENCABEÇA A SEÇÃO II, DO CAPÍTULO I,  DO TÍTULO V, E DO ART. 101, E INSERE O ARTIGO 101-A, TODOS DA RESOLUÇÃO LEGISLATIVA Nº 008/1995, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofícios Expedidos 2025</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1155/gilberto_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1155/gilberto_-_of._2025.pdf</t>
   </si>
   <si>
     <t>Ofícios Expedidos pelo Vereador ao longo do ano.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1156/luiz_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1156/luiz_-_of._2025.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pelo Vereador ao longo do ano de 2025.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1157/mercon-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1157/mercon-_of._2025.pdf</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1158/renata_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1158/renata_-_of._2025.pdf</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1159/renato_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1159/renato_-_of._2025.pdf</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1160/rildo_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1160/rildo_-_of._2025.pdf</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1161/romar_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1161/romar_-_of._2025.pdf</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1162/sergio_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1162/sergio_-_of._2025.pdf</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1163/taiza_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1163/taiza_-_of._2025.pdf</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1164/willian_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1164/willian_-_of._2025.pdf</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1165/patricia_-_of._2025.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1165/patricia_-_of._2025.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1656,67 +1677,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1144/portaria_001.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1216/portaria_002.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1217/portaria_003.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1218/portaria_007._2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1219/portaria_008._2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1145/pl_01.2025_-_inclusao_no_calendario_oficial_a_festa_religiosa_de_celina.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1147/pl_002.2025_-_reconhecimento_de_utilidade_publica_rive_atletico_clube.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1149/projeto_de_lei_cma_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1151/pl_004.2025_-_denominacao_de_rua_no_distrito_de_celina_-_taiza_garcia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1152/pl_005.2025_-_denominacao_de_rua_em_alegre_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_de_lei_cma_no_006.2025_001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1167/projeto_de_lei_cma_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_cma_no_08.2025_001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1169/proj_de_lei_cma_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1170/proj_de_lei_cma_no_010.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_lei_cma_011.202508042025105932.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1180/pl_012.2025_-_denominacao_de_imovel_assentamento_paraiso_-_willian.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1181/projeto_de_lei_cma_no_013.202506052025143236.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_cma_no_014.202503062025101823.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1189/projeto_de_lei_cma_no_015.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1191/proj_de_lei_cma_no_016.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1197/pl_017.2025_-_dispoe_sobre_o_reconhecimeto_do_trabalho_voluntario_-_taiza.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1200/pl_018.2025_-_denominacao_da_nova_praca_da_vila_alta_-_patricia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1198/pl_019.2025_-_denominacao_do_muro_do_ginasio_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_cma_no_020.2025_001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_cma_no_021.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1204/proj_de_lei_no_022.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1212/pl_023.2025_-_denominacao_de_rua_na_praca_do_triangulo_-_taiza_garcia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1206/pl_024.2025_-_concessao_de_utilidade_publica_-_sergio_2.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1209/pl_025.2025_-_denominacao_da_cobertura_da_arena_da_exposicao_-_willian.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1210/pl_026.2025_-_projeto_da_brigada_de_incencio_-_renata.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_027.2025_-_denominacao_de_rua_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1254/pl_028.2025_-_denominacao_de_rua_-_taiza.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1259/projeto_de_lei_no_cma_029.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_de_lei_no_cma_030.2025..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei_cma_no_031.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei_cma_no_032.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1268/pl_033.2025_-_reconhecimento_de_utilidade_publica_produtores_de_agua_limpa_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1269/pl_034.2025_-_denominacao_de_calcamento_na_zona_rural_-_willian.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1146/projeto_de_lei_compl_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1150/projeto_de_lei_complementar_no_002.2025_024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_complementar_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1172/proj_de_lei_compl_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1173/proj_de_lei_compl_no_005.2025.16042025171148.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_lei_compl_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1183/proj_de_lei_compl_no_007.202523052025100016.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1184/projeto_de_lei_compl_no_008.202523052025105320.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1193/pl_compl._009.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1195/projeto_de_lei_compl_010.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1148/proj_de_lei_executivo_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1177/projeto_de_lei_exe_004.202508042025103725.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_exe_005.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_exe_no_006.202530042025144239.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1185/projeto_de_lei_no_exe_007.202528052025093555.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1186/proj_de_lei_cma_no_008.202502062025094144.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1188/projeto_de_lei_exe_009.202510062025144817.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_de_lei_exe_no_010.202517062025092133.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1192/pl_exe_011.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_exe_012.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1199/projeto_de_lei_exe_013.2025_001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1201/projeto_de_lei_exe_no_014.2025_001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1260/projeto_de_lei_no_015.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_lei_no_016.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1214/proj_de_lei_exe_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1215/proj_de_lei_exe_no_018.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_exe_019.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1253/projeto_de_lei_exe_no_020.2025_001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1263/projeto_de_lei_no_exe_022.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1257/projet_de_lei_no_exe_023.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1262/projeto_de_lei_no_exe_024.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei_exe_no_025.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1272/projeto_de_lei_exe_026.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1273/projeto_de_lei_exe_027.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1222/1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1223/2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1224/3.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1225/4.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1226/5.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1227/6.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1228/7.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1230/9.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1231/10.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1232/11.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1233/12.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1234/13.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1235/14.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1236/15.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1237/16.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1238/17.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1239/18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1240/19.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1241/20.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1242/21.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1243/22.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1244/23.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1245/24.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1246/25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1248/27.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1250/29.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1251/30.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1252/31.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_resolucao_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_resolucao_altera_regimento_mocoes.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1155/gilberto_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1156/luiz_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1157/mercon-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1158/renata_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1159/renato_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1160/rildo_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1161/romar_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1162/sergio_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1163/taiza_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1164/willian_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1165/patricia_-_of._2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1144/portaria_001.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1216/portaria_002.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1217/portaria_003.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1218/portaria_007._2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1219/portaria_008._2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1145/pl_01.2025_-_inclusao_no_calendario_oficial_a_festa_religiosa_de_celina.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1147/pl_002.2025_-_reconhecimento_de_utilidade_publica_rive_atletico_clube.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1149/projeto_de_lei_cma_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1151/pl_004.2025_-_denominacao_de_rua_no_distrito_de_celina_-_taiza_garcia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1152/pl_005.2025_-_denominacao_de_rua_em_alegre_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_de_lei_cma_no_006.2025_001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1167/projeto_de_lei_cma_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1168/projeto_de_lei_cma_no_08.2025_001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1169/proj_de_lei_cma_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1170/proj_de_lei_cma_no_010.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_lei_cma_011.202508042025105932.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1180/pl_012.2025_-_denominacao_de_imovel_assentamento_paraiso_-_willian.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1181/projeto_de_lei_cma_no_013.202506052025143236.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_cma_no_014.202503062025101823.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1189/projeto_de_lei_cma_no_015.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1191/proj_de_lei_cma_no_016.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1197/pl_017.2025_-_dispoe_sobre_o_reconhecimeto_do_trabalho_voluntario_-_taiza.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1200/pl_018.2025_-_denominacao_da_nova_praca_da_vila_alta_-_patricia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1198/pl_019.2025_-_denominacao_do_muro_do_ginasio_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_cma_no_020.2025_001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_cma_no_021.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1204/proj_de_lei_no_022.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1212/pl_023.2025_-_denominacao_de_rua_na_praca_do_triangulo_-_taiza_garcia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1206/pl_024.2025_-_concessao_de_utilidade_publica_-_sergio_2.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1209/pl_025.2025_-_denominacao_da_cobertura_da_arena_da_exposicao_-_willian.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1210/pl_026.2025_-_projeto_da_brigada_de_incencio_-_renata.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_027.2025_-_denominacao_de_rua_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1254/pl_028.2025_-_denominacao_de_rua_-_taiza.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1259/projeto_de_lei_no_cma_029.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_de_lei_no_cma_030.2025..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei_cma_no_031.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei_cma_no_032.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1268/pl_033.2025_-_reconhecimento_de_utilidade_publica_produtores_de_agua_limpa_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1269/pl_034.2025_-_denominacao_de_calcamento_na_zona_rural_-_willian.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1279/proj_de_lei_cma_no_035.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1146/projeto_de_lei_compl_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1150/projeto_de_lei_complementar_no_002.2025_024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_complementar_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1172/proj_de_lei_compl_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1173/proj_de_lei_compl_no_005.2025.16042025171148.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_lei_compl_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1183/proj_de_lei_compl_no_007.202523052025100016.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1184/projeto_de_lei_compl_no_008.202523052025105320.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1193/pl_compl._009.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1195/projeto_de_lei_compl_010.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1148/proj_de_lei_executivo_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1177/projeto_de_lei_exe_004.202508042025103725.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1178/projeto_de_lei_exe_005.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_lei_exe_no_006.202530042025144239.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1185/projeto_de_lei_no_exe_007.202528052025093555.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1186/proj_de_lei_cma_no_008.202502062025094144.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1188/projeto_de_lei_exe_009.202510062025144817.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_de_lei_exe_no_010.202517062025092133.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1192/pl_exe_011.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_exe_012.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1199/projeto_de_lei_exe_013.2025_001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1201/projeto_de_lei_exe_no_014.2025_001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1260/projeto_de_lei_no_015.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_lei_no_016.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1214/proj_de_lei_exe_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1215/proj_de_lei_exe_no_018.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_exe_019.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1253/projeto_de_lei_exe_no_020.2025_001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1263/projeto_de_lei_no_exe_022.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1257/projet_de_lei_no_exe_023.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1262/projeto_de_lei_no_exe_024.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei_exe_no_025.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1272/projeto_de_lei_exe_026.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1273/projeto_de_lei_exe_027.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_de_lei_exe_028.2025_001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1275/proj_de_lei_exe_no_029.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1277/proj_de_lei_exe_no_031.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1222/1.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1223/2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1224/3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1225/4.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1226/5.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1227/6.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1228/7.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1230/9.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1231/10.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1232/11.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1233/12.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1234/13.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1235/14.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1236/15.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1237/16.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1238/17.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1239/18.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1240/19.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1241/20.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1242/21.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1243/22.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1244/23.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1245/24.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1246/25.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1248/27.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1250/29.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1251/30.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1252/31.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_resolucao_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_resolucao_altera_regimento_mocoes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1155/gilberto_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1156/luiz_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1157/mercon-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1158/renata_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1159/renato_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1160/rildo_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1161/romar_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1162/sergio_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1163/taiza_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1164/willian_-_of._2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2025/1165/patricia_-_of._2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H127"/>
+  <dimension ref="A1:H128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="153.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2764,2244 +2785,2270 @@
       </c>
       <c r="D42" t="s">
         <v>45</v>
       </c>
       <c r="E42" t="s">
         <v>46</v>
       </c>
       <c r="F42" t="s">
         <v>47</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>183</v>
       </c>
       <c r="H42" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>185</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>186</v>
       </c>
       <c r="D43" t="s">
-        <v>186</v>
+        <v>45</v>
       </c>
       <c r="E43" t="s">
+        <v>46</v>
+      </c>
+      <c r="F43" t="s">
+        <v>25</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="F43" t="s">
+      <c r="H43" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>190</v>
+      </c>
+      <c r="E44" t="s">
         <v>191</v>
       </c>
-      <c r="B44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H44" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D45" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E45" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F45" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H45" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D46" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E46" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F46" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H46" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D47" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E47" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F47" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H47" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D48" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E48" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F48" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H48" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="D49" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E49" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F49" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H49" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D50" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E50" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F50" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H50" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="D51" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E51" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F51" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H51" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="D52" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E52" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F52" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H52" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D53" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E53" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F53" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>20</v>
+        <v>220</v>
       </c>
       <c r="H53" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="D54" t="s">
-        <v>221</v>
+        <v>190</v>
       </c>
       <c r="E54" t="s">
-        <v>222</v>
+        <v>191</v>
       </c>
       <c r="F54" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G54" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="H54" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>224</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>10</v>
+      </c>
+      <c r="D55" t="s">
         <v>225</v>
       </c>
-      <c r="B55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E55" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F55" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>20</v>
+        <v>227</v>
       </c>
       <c r="H55" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D56" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E56" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F56" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H56" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D57" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E57" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F57" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="H57" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D58" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E58" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F58" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H58" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D59" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E59" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F59" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H59" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="D60" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E60" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F60" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H60" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D61" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E61" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F61" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H61" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="D62" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E62" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F62" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H62" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="D63" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E63" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F63" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H63" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D64" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E64" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F64" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H64" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D65" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E65" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F65" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H65" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D66" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E66" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F66" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H66" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D67" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E67" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F67" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H67" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D68" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E68" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F68" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H68" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D69" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E69" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F69" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H69" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D70" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E70" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F70" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H70" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D71" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E71" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F71" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H71" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D72" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E72" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F72" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H72" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D73" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E73" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F73" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H73" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="D74" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E74" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F74" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H74" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D75" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E75" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F75" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H75" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D76" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E76" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F76" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H76" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D77" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E77" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F77" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H77" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D78" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E78" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F78" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H78" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D79" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E79" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F79" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H79" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D80" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E80" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F80" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>20</v>
+        <v>299</v>
       </c>
       <c r="H80" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D81" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E81" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F81" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>20</v>
+        <v>302</v>
       </c>
       <c r="H81" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D82" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E82" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F82" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>20</v>
+        <v>305</v>
       </c>
       <c r="H82" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D83" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E83" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F83" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H83" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>170</v>
       </c>
       <c r="D84" t="s">
-        <v>306</v>
+        <v>225</v>
       </c>
       <c r="E84" t="s">
-        <v>307</v>
+        <v>226</v>
       </c>
       <c r="F84" t="s">
-        <v>75</v>
+        <v>192</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H84" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E85" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F85" t="s">
-        <v>311</v>
+        <v>75</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="H85" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>317</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>29</v>
+      </c>
+      <c r="D86" t="s">
+        <v>313</v>
+      </c>
+      <c r="E86" t="s">
         <v>314</v>
       </c>
-      <c r="B86" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F86" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="H86" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D87" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E87" t="s">
-        <v>307</v>
+        <v>314</v>
+      </c>
+      <c r="F87" t="s">
+        <v>322</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="H87" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D88" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E88" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>314</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="H88" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D89" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E89" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F89" t="s">
-        <v>151</v>
+        <v>68</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="H89" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="D90" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E90" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F90" t="s">
-        <v>327</v>
+        <v>151</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="H90" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D91" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E91" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F91" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>20</v>
+        <v>335</v>
       </c>
       <c r="H91" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="D92" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E92" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F92" t="s">
-        <v>80</v>
+        <v>338</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>334</v>
+        <v>20</v>
       </c>
       <c r="H92" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="D93" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E93" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F93" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="H93" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D94" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E94" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F94" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="H94" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D95" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E95" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F95" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="H95" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D96" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E96" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F96" t="s">
-        <v>311</v>
+        <v>75</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="H96" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D97" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E97" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F97" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="H97" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D98" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E98" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F98" t="s">
-        <v>126</v>
+        <v>322</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="H98" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D99" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E99" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F99" t="s">
-        <v>68</v>
+        <v>126</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="H99" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D100" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E100" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F100" t="s">
-        <v>151</v>
+        <v>68</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="H100" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D101" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E101" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F101" t="s">
-        <v>327</v>
+        <v>151</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="H101" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D102" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E102" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F102" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="H102" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D103" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E103" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F103" t="s">
-        <v>80</v>
+        <v>338</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="H103" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="D104" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E104" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="H104" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D105" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E105" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F105" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="H105" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D106" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E106" t="s">
-        <v>307</v>
+        <v>314</v>
+      </c>
+      <c r="F106" t="s">
+        <v>47</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="H106" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D107" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E107" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>314</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="H107" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D108" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E108" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F108" t="s">
         <v>25</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="H108" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D109" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E109" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F109" t="s">
-        <v>331</v>
+        <v>25</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>20</v>
+        <v>388</v>
       </c>
       <c r="H109" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D110" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E110" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F110" t="s">
-        <v>25</v>
+        <v>338</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>386</v>
+        <v>20</v>
       </c>
       <c r="H110" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D111" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E111" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F111" t="s">
         <v>25</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>20</v>
+        <v>393</v>
       </c>
       <c r="H111" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D112" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E112" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F112" t="s">
         <v>25</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>391</v>
+        <v>20</v>
       </c>
       <c r="H112" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D113" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E113" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F113" t="s">
         <v>25</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="H113" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D114" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E114" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F114" t="s">
         <v>25</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H114" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>400</v>
+        <v>170</v>
       </c>
       <c r="D115" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E115" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F115" t="s">
         <v>25</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="H115" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D116" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E116" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="F116" t="s">
         <v>25</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="H116" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>10</v>
+        <v>411</v>
       </c>
       <c r="D117" t="s">
-        <v>408</v>
+        <v>313</v>
       </c>
       <c r="E117" t="s">
-        <v>409</v>
+        <v>314</v>
       </c>
       <c r="F117" t="s">
-        <v>311</v>
+        <v>25</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="H117" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="E118" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F118" t="s">
-        <v>126</v>
+        <v>318</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="H118" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>419</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>29</v>
+      </c>
+      <c r="D119" t="s">
         <v>415</v>
       </c>
-      <c r="B119" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E119" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F119" t="s">
-        <v>315</v>
+        <v>126</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H119" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D120" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="E120" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F120" t="s">
-        <v>151</v>
+        <v>322</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="H120" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D121" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="E121" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F121" t="s">
-        <v>75</v>
+        <v>151</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="H121" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>426</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>62</v>
+      </c>
+      <c r="D122" t="s">
+        <v>415</v>
+      </c>
+      <c r="E122" t="s">
+        <v>416</v>
+      </c>
+      <c r="F122" t="s">
+        <v>75</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H122" t="s">
         <v>421</v>
-      </c>
-[...19 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="D123" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="E123" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F123" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="H123" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D124" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="E124" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F124" t="s">
-        <v>80</v>
+        <v>338</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="H124" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="D125" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="E125" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="H125" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="D126" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="E126" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F126" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="H126" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
+        <v>84</v>
+      </c>
+      <c r="D127" t="s">
+        <v>415</v>
+      </c>
+      <c r="E127" t="s">
+        <v>416</v>
+      </c>
+      <c r="F127" t="s">
+        <v>47</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H127" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>438</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
         <v>88</v>
       </c>
-      <c r="D127" t="s">
-[...5 lines deleted...]
-      <c r="F127" t="s">
+      <c r="D128" t="s">
+        <v>415</v>
+      </c>
+      <c r="E128" t="s">
+        <v>416</v>
+      </c>
+      <c r="F128" t="s">
         <v>68</v>
       </c>
-      <c r="G127" s="1" t="s">
-[...3 lines deleted...]
-        <v>414</v>
+      <c r="G128" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H128" t="s">
+        <v>421</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5088,50 +5135,51 @@
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>