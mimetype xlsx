--- v0 (2026-01-30)
+++ v1 (2026-03-22)
@@ -54,1166 +54,1166 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APJ</t>
   </si>
   <si>
     <t>Anteprojeto</t>
   </si>
   <si>
     <t>GILMAR MATTOS</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1107/anteprojeto_de_lei_001.2024_gilmar.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1107/anteprojeto_de_lei_001.2024_gilmar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ISENÇÃO DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL  URBANA AOS IMÓVEIS RESIDENCIAIS QUE ADOTEM MEDIDAS DE MANUTENÇÃO E A RECUPERAÇÃO DA CALÇADA QUE ESTIMULEM A PROTEÇÃO DOS PEDESTRES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>FABINHO DO CAMINHÃO</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1108/anteprojeto_de_lei_no_002.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1108/anteprojeto_de_lei_no_002.2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO E ALTERA O ANEXO X DA LEI Nº 3.613/2020, PARA ISENTAR E REDUZIR DE ALÍQUOTAS NA CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA (CIP) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1109/anteprojeto_de_lei_no_003.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1109/anteprojeto_de_lei_no_003.2024.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 11, INCISO IX, DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE/ES, COM REDAÇÃO DADA PELA EMENDA CONSTITUCIONAL Nº 113/2008. A FIM DE IGUALAR A ESTABILIDADE E LICENÇA GESTACIONAL ENTRE SERVIDORAS EFETIVAS E AS CONTRATADAS POR CONTRATO POR TEMPO DETERMINADO.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DUDU</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1104/anteprojeto_de_lei__004.2024__-_dispoe_sobre_a_implantacao_de_distrito_industrial_no_municipio_de_alegre.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1104/anteprojeto_de_lei__004.2024__-_dispoe_sobre_a_implantacao_de_distrito_industrial_no_municipio_de_alegre.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DO POLO INDUSTRIAL, AGROINDUSTRIAL, DE STARTUPS, COMERCIAL ATACADISTA E VAREJISTA E DE SERVIÇOS NO MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1105/anteprojeto_de_lei_005-2024_-_dispoe_sobre_incentivos_a_empreendimentos_instalados_no_polo_industrial.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1105/anteprojeto_de_lei_005-2024_-_dispoe_sobre_incentivos_a_empreendimentos_instalados_no_polo_industrial.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS FISCAIS E  OUTROS BENEFÍCIOS A EMPREENDIMENTOS INDUSTRIAIS, _x000D_
  AGROINDUSTRIAIS, STARTUPS, EMPRESAS COMERCIAIS  ATACADISTAS OU VAREGISTAS E DE SERVIÇOS,  INTERESSADAS EM INSTALAR-SE EM POLO INDUSTRIAL, AGROINDUSTRIAL OU EM QUALQUER UM DOS 07 (SETE) DISTRITOS DO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1110/anteprojeto_de_lei__006-2024__-_chacreamento_urbano_ou_rural_e_condominio.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1110/anteprojeto_de_lei__006-2024__-_chacreamento_urbano_ou_rural_e_condominio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PARCELAMENTO DO SOLO RURAL E URBANO PARA FINS DE CHACREAMENTO ABERTO OU FECHADO E DE CONDOMÍNIO FECHADO NO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MAURÍCIO DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1067/indicacao_2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1067/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>Indicações encaminhadas pelo Vereador ao longo de 2024.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1068/indicacao_2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1068/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>TOTOCA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1069/indicacao_2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1069/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>TAIZA GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1070/indicacao_2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1070/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>XODÓ</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1085/indicacao_2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1085/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1116/indicacao_2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1116/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>Indicações encaminhadas pelo Vereador ao longo do ano de 2024.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>MERÇON</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1117/indicacao_2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1117/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>PRT</t>
   </si>
   <si>
     <t>Portaria Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1059/portaria_n_002.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1059/portaria_n_002.2024.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS PARA COMISSÃO TÉCNICA DE EVOLUÇÃO FUNCIONAL DE AVALIAÇÃO DE DESEMPENHO DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1060/portaria_n_003.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1060/portaria_n_003.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE GESTOR DE CONTRATOS ADMINISTRATIVOS NOS TERMOS DA LEI Nº 14.133/21.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1061/portaria_no_004.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1061/portaria_no_004.2024.pdf</t>
   </si>
   <si>
     <t>NOMEIA AGENTE DE CONTRATAÇÃO, PREGOEIRO E EQUIPE DE APOIO PARA CONDUZIR OS ATOS DAS LICITAÇÕES E CONTRATAÇÕES DO LEGISLATIVO MUNICIPAL DERIVADAS DA LEI FEDERAL NO 14.133/2021.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1062/portaria_no_005.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1062/portaria_no_005.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO FISCAIS DE CONTRATOS ADMINISTRATIVOS NOS TERMOS DA LEI Nº 14.133/21.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1086/portaria_no_007.202429052024081609.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1086/portaria_no_007.202429052024081609.pdf</t>
   </si>
   <si>
     <t>NOMEIA SERVIDOR PARA A FUNÇÃO DE CONFIANÇA DE CHEFE DO DEPARTAMENTO FINANCEIRO DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1114/projeto_de_decreto_013.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1114/projeto_de_decreto_013.pdf</t>
   </si>
   <si>
     <t>ACOLHE PARECER PARECER PRÉVIO 00082/2023-9, DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E REJEITA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES REFERENTE AO EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1102/projeto_de_decreto_legislativo_014.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1102/projeto_de_decreto_legislativo_014.2024.pdf</t>
   </si>
   <si>
     <t>ACOLHE PARECER DO TRIBUNAL DE CONTAS DO ESTADO ESPÍRITO SANTO E APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_decreto_legislativo_018.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_decreto_legislativo_018.2024.pdf</t>
   </si>
   <si>
     <t>ACOLHE PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO 2022.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>PLCMA</t>
   </si>
   <si>
     <t>Projeto de Lei CMA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1044/projeto_de_lei_no_001.2024_cma19022024144213.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1044/projeto_de_lei_no_001.2024_cma19022024144213.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME DE PRONTO PAGAMENTO DA CÂMARA MUNICIPAL DE ALEGRE-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1045/proj_de_lei_cma__n_002.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1045/proj_de_lei_cma__n_002.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E VENCIMETOS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ALEGRE, ESTADO DO ESPÍRITO SANTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1046/proj_de_lei_cma__n_003.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1046/proj_de_lei_cma__n_003.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E ADMINISTRATIVA DA CÂMARA MUNICIPAL DE ALEGRE, ESTADO DO ESPÍRITO SANTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1047/fabinho_-_oficio.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1047/fabinho_-_oficio.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS, OBRAS, SERVIÇOS E MONUMENTOS PÚBLICOS, NESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1052/proj_de_lei_cma_no_005.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1052/proj_de_lei_cma_no_005.2024.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A IMÓVEL PÚBLICO NO DISTRITO DO CAFÉ, MUNICÍPIO DE ALEGER/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>ITA POLASTRELI</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1054/projeto_de_lei_cma_no_007.202426032024100617.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1054/projeto_de_lei_cma_no_007.202426032024100617.pdf</t>
   </si>
   <si>
     <t>INCLUIR NO CALENDÁRIO OFICIAL DE EVENTOS NO MUNICÍPIO DE ALEGRE-ES, "O DIA DO PRESBITERIANO", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1083/projeto_de_lei_cma_no_008.202430042024160011.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1083/projeto_de_lei_cma_no_008.202430042024160011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DEVER DA INSERÇÃO NAS PLACAS DE OBRAS PÚBLICA, DE CÓDIGO BIDIMENSIONAL QR (QUICK RESPONDE), VINCULADO À PÁGINA DA TRANSPARÊNCIA DO ÓRGÃO EXECUTOR.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1055/projeto_de_lei_no_009.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1055/projeto_de_lei_no_009.2024.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, NA SEDE DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ROMAR AZEVEDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1071/projeto_de_lei_no_010.202423042024134510.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1071/projeto_de_lei_no_010.202423042024134510.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, NO DISTRITO DE ANUTIBA, MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>WILLIAN BESTETE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1082/projeto_de_lei_cma_no_011.202430042024155246.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1082/projeto_de_lei_cma_no_011.202430042024155246.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A IMÓVEL SITUADO NA COMUNIDADE DA ROSEIRA, MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1074/projeto_de_lei_cma_no_012.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1074/projeto_de_lei_cma_no_012.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 74 DA LEI MUNICIPAL Nº 3.844, DE 07 DE MARÇO DE 2024, QUE DISPÕE O PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ALEGRE, ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1089/projeto_de_lei_cma_no_013.202420052024092359.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1089/projeto_de_lei_cma_no_013.202420052024092359.pdf</t>
   </si>
   <si>
     <t>CRIA NO MUNICÍPIO DE ALEGRE O CIRCUITO AGROTURÍSTICO, CULTURAL E DE NEGÓCIOS "ENCANTOS DA TERRA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/</t>
+    <t>http://sapl.alegre.es.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA DENOMINAÇÃO DE BEM PÚBLICO NO DISTRITO DE ARARAÍ, DESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto_de_lei_cma_no_015.202418062024093442.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto_de_lei_cma_no_015.202418062024093442.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO DISTRITO DE ARARAÍ, DESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1097/projeto_de_lei__cma_no_016.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1097/projeto_de_lei__cma_no_016.2024.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, NA SEDE DESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_cma_no_017.202418062024092913.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_cma_no_017.202418062024092913.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO AO LOGRADOURO PÚBLICO, LOCALIZADO NO LOTEAMENTO ANTÕNIO LEMOS JÚNIOR NA SEDE DESTE MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1093/projeto_de_lei_cma_no_018.202418062024092438.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1093/projeto_de_lei_cma_no_018.202418062024092438.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO AO LOGRADOURO PÚBLICO. LOCALIZADO NO LOTEAMENTO ANTÔNIO LEMOS JUNIOR NA SEDE DESTE MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1094/projeto_de_lei_cma_no_019.202418062024083742.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1094/projeto_de_lei_cma_no_019.202418062024083742.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A CALÇAMENTO PÚBLICO NO DISTRITO DE CELINA, MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1098/projeto_de_lei_cma_no_021.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1098/projeto_de_lei_cma_no_021.2024.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, LOCALIZADO NO LOTEAMENTO ANTÔNIO LEMOS JÚNIOR NA SEDE DESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1099/projeto_de_lei_cma_no_022.2024_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1099/projeto_de_lei_cma_no_022.2024_001.pdf</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1100/projeto_de_lei_cma_023.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1100/projeto_de_lei_cma_023.2024.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A PONTE NO DISTRITO DE ARARAÍ, NESTE MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1101/projeto_de_lei_cma_024.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1101/projeto_de_lei_cma_024.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DA FESTA DA COLHEITA NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE, REALIZADA ANUALMENTE NO DISTRITO  DO CAFÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1106/projeto_de_lei_cma_025.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1106/projeto_de_lei_cma_025.2024.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE/ES O DIA MUNICIPAL DO CORREDOR DE RUA.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1113/projeto_de_lei_no_026.202413082024154900.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1113/projeto_de_lei_no_026.202413082024154900.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A ESPAÇO DE LAZER LOCALIZADO NO LOTEAMENTO ANTÔNIO LEMOS JÚNIOR, NESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1115/projeto_de_lei_cma_no_027.202420082024142832.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1115/projeto_de_lei_cma_no_027.202420082024142832.pdf</t>
   </si>
   <si>
     <t>CONSIDERA UTILIDADE PÚBLICA A ASSOCIAÇÃO DO "JEEP CLUBE DE ALEGRE-ES", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>RENATO VIANA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1127/projeto_de_lei_no_028.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1127/projeto_de_lei_no_028.2024.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, NO DISTRITO DE SÃO JOÃO DO NORTE, MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1129/projeto_de_lei_cma_no_029.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1129/projeto_de_lei_cma_no_029.2024.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NO DISTRITO DO CAFÉ, MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1137/projeto_de_lei_cma_no_030.2024_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1137/projeto_de_lei_cma_no_030.2024_001.pdf</t>
   </si>
   <si>
     <t>CONSIDERA UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS AMIGOS DO CAVALO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>CONCEDE ABONO AOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE ALEGRE-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de lei complementar</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1030/proj_de_lei_compl_001.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1030/proj_de_lei_compl_001.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.582, DE 25 DE MARÇO DE 2020, QUE DISPÕE SOBRE A REFORMULAÇÃO DA ESTRUTURA ADMINISTRATIVA BÁSICA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1049/proj_de_lei_compl_n_002.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1049/proj_de_lei_compl_n_002.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL DE 1988, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1135/projeto_de_lei_compl_no_003.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1135/projeto_de_lei_compl_no_003.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.582 DE 25 DE MARÇO DE 2020, QUE DISPÕE SOBRE A REFORMULAÇÃO DA ESTRUTURA ADMINISTRATVA BÁSICA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE ALEGRE.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1028/projeto_de_lei_001.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1028/projeto_de_lei_001.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1029/proj_de_lei_no_002.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1029/proj_de_lei_no_002.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS RECEBIDOS DA UNIÃO PARA CUMPRIMENTO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 127/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1048/projeto_de_lei_exe__n_003.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1048/projeto_de_lei_exe__n_003.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1051/projeto_de_lei_exe_no_004.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1051/projeto_de_lei_exe_no_004.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO MUNICIPAL ABSORVER OS TRECHOS RODOVIÁRIOS ESTADUAIS URBANOS QUE SÃO DE RESPONSABILIDADE DO DEPARTAMENTO DE EDIFICAÇÕES E DE RODOVIAS DO ESTADO DO ESPÍRITO SANTO - DER-ES</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1056/projeto_de_lei_exe_no_005.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1056/projeto_de_lei_exe_no_005.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DA PESSOA IDOSA E CONSELHO MUNICIPAL DE DEFESA DOS DIREITOS DA PESSOA IDOSA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1057/projeto_de_lei_exe_no_006.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1057/projeto_de_lei_exe_no_006.2024.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO À SEDE ADMINISTRATIVA DO MUNICÍPIO DE ALEGRE DE "PAÇO MUNICIPAL PREFEITO ARY FIOREZI DE OLIVEIRA", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1058/projeto_de_lei_exe_no_007.2024_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1058/projeto_de_lei_exe_no_007.2024_001.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GRATIFICAÇÃO DE PRODUTIVIDADE AO SERVIDOR PÚBLICO MUNICIPAL INVESTIDO NO CARGO EFETIVO DE OPERADOR DE MÁQUINAS E EQUIPAMENTOS PESADOS MUNICIPAL, E DÁ OUTRAS PROVIDÊNGAS.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_lei_no_009.202410042024100845.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_lei_no_009.202410042024100845.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE, E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_de_lei_no_010.202410042024095537.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_de_lei_no_010.202410042024095537.pdf</t>
   </si>
   <si>
     <t>CRIA TABELA DE VENCIMENTOS E ALTERA DISPOSITIVOS CONSTANTES DA LEI MUNICIPAL Nº 3.049/2009, QUE DISPÕE SOBRE A REFORMULAÇÃO E ADEQUAÇÃO DO PLANO DE CARREIRA PÚBLICA DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1066/projeto_de_lei_no_011.202411042024170632.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1066/projeto_de_lei_no_011.202411042024170632.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA A OFERTA DE EDUCAÇÃO EM TEMPO INTEGRAL NAS ESCOLAS PÚBLICAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_de_lei_no_012.202410042024100424.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_de_lei_no_012.202410042024100424.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1072/projeto_de_lei_no_013.202423042024134035.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1072/projeto_de_lei_no_013.202423042024134035.pdf</t>
   </si>
   <si>
     <t>ELEVA O QUANTITATIVO DE VAGAS PARA O CARGO PÚBLICO DE OPERADOR DE MÁQUINAS E EQUIPAMENTOS PESADOS, CONSTANTES DO ANEXO II B DA LEI MUNICIPAL Nº 2.927/2008 E DÁ OUTRAS PROVIDÊNNCIAS.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1075/projeto_de_lei_exe_no_014.202430042024154907.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1075/projeto_de_lei_exe_no_014.202430042024154907.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAçÃO DO ART.40, DA LEI MUNICIPAL Nº 3.057/2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1076/projeto_de_lei_exe_no_015.202430042024154617.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1076/projeto_de_lei_exe_no_015.202430042024154617.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO E REVOGA DISPOSITIVOS CONSTANTES DA LEI MUNICIPAL NO 3.4411/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1077/projeto_de_lei_no_016.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1077/projeto_de_lei_no_016.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1078/projeto_de_lei_no_017.202407052024145551.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1078/projeto_de_lei_no_017.202407052024145551.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇAO DE DISPOSITIVO CONTIDOS NA LEI MUNICIPAL DE Nº_x000D_
 3.582/2020, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA BÁSICA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto_de_lei_no_018.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto_de_lei_no_018.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ART. 3º, INSERE O PARÁGRAFO ÚNICO AO ART. 3º, ALTERA A REDAçÃO DOS INCISOS X E XIII DO ART. 6º, TODOS DA LEI MUNICIPAL NO 3.739/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1080/projeto_de_lei_no_019.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1080/projeto_de_lei_no_019.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIRMATURA DE CONVÊNIO, VISANDO PERMUTA ENTRE SERVIDORES MUNICIPAIS DESTE MUNICÍPIO COM SERVIDORES LOTADOS EM OUTROS MUNICÍPIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1081/projeto_de_lei_no_020.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1081/projeto_de_lei_no_020.2024.pdf</t>
   </si>
   <si>
     <t>DECLARA A CAVALGADA PATRIMÔNIO HISTÓRICO CULTURAL IMATERIAL DO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1084/projeto_de_lei_no_021.202420052024092806.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1084/projeto_de_lei_no_021.202420052024092806.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ACOMPANHAMENTO E FISCALIZAÇÃO DE EXECUÇÃO DOS RECURSOS PROVENIENTES DO FUNPAES, A QUE SE REFERE A LEI ESTADUAL Nº 11.790, DE 28 DE MARÇO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1087/projeto_de_lei_no_exe_022.02429052024082618.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1087/projeto_de_lei_no_exe_022.02429052024082618.pdf</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1088/projeto_de_lei_no_exe_023.02429052024082134.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1088/projeto_de_lei_no_exe_023.02429052024082134.pdf</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1095/projeto_de_lei_no_024.202418062024082942.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1095/projeto_de_lei_no_024.202418062024082942.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO I DA LEI Nº 3.742/2022, QUE AUTORIZA A CESSÃO DE USO DE  BENS MÓVEIS A ASSOCIAÇÕES MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto_de_lei_no_025.202418062024082611.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto_de_lei_no_025.202418062024082611.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.652, DE 04 DE ABRIL DE 2005, QUE DISPÕE SOBRE O REGIME DE PRONTO PAGAMENTO OU ADIANTAMENTO COMO FORMA DE PAGAMENTO DE DESPESAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1111/projeto_de_lei_no_026.202413082024101943.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1111/projeto_de_lei_no_026.202413082024101943.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COMUNICAÇÃO POR MEIO DO DOMÍCILIO ELETRÔNICO MUNICIPAL - DEM.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_no_027.202413082024102220.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_no_027.202413082024102220.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO SOBRE PERMUTA DE IMÓVEIS, NA FORMA DO ART.32 DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1118/projeto_de_lei_no_028.202420092024145231.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1118/projeto_de_lei_no_028.202420092024145231.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA OS ARTIGOS 7º-A, 7º-B E 7º-C, À LEI MUNICIPAL Nº 3.845/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1119/projeto_de_lei_no_029.202425092024100539.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1119/projeto_de_lei_no_029.202425092024100539.pdf</t>
   </si>
   <si>
     <t>CRIA CONSELHO  MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL - CMHIS DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1120/projeto_de_lei_no_030.202425092024100851.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1120/projeto_de_lei_no_030.202425092024100851.pdf</t>
   </si>
   <si>
     <t>INSTITUI O COMITÊ INTERSETORIAL PARA A PRIMEIRA INFÂNCIA (CIPI), ENCARREGADO DE PROMOVER E COORDENAR A ELABORAÇÃO DO PLANO MUNICIPAL PARA PRIMEIRA INFÂNCIA (PMPI) DO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_no_031.202402102024092859.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_no_031.202402102024092859.pdf</t>
   </si>
   <si>
     <t>CONSIDERA UTILIDADE PÚBLICA A ASSOCIAÇÃO PROJETO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1124/projeto_de_lei_no_032.202402102024094956.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1124/projeto_de_lei_no_032.202402102024094956.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DO PLANO PLURIANUAL DO QUADRIÊNIO 2022-2025.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1125/projeto_de_lei_no_033.202402102024094440.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1125/projeto_de_lei_no_033.202402102024094440.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1126/projeto_de_lei_no_034.202402102024101553.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1126/projeto_de_lei_no_034.202402102024101553.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE ALEGRE PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_lei_no_035.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_lei_no_035.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.423/1999, QUE DISPÕE SOBRE O FUNCIONAMENTO DO CONSELHO MUNICIPAL DE EDUCAÇÃO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>ALTERA O ART.37 DA LEI MUNICIPAL Nº 3.786/2023, QUE DISPÕE SOBRE A EXECUÇÃO DO ORÇAMENTO DA DESPESA, PARA INCLUIR DISPOSIÇÕES SOBRE A ABERTURA DE CRÉDITO SUPLEMENTARES.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_037.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_037.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.250, DE 17 DE ABRIL DE 2013, A QUAL DISPÕE SOBRE A AUTORIZAÇÃO DA CONCESSÃO INDIVIDUALIZADA DE USO DE BENS PÚBLICOS LOCALIZADOS NO PARQUE DE EXPOSIÇÕES "GERALDO SANTOS".</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_exe_038.202408042025110820.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_exe_038.202408042025110820.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ÁREAS URBANAS CONSOLIDADAS (AUC) E ÁREAS DE PRESERVAÇÃO PERMANENTE (APP) EM ÁREA URBANA CONSOLIDADA (AUC), NOS TERMOS DO QUE ESTABELECE A CONSTITUIÇÃO FEDERAL, A LEI Nº 6.938 DE 31 DE AGOSTO DE 1981, A LEI Nº 12.651 DE MAIO DE 2012.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_exe_no_039.2024_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_exe_no_039.2024_001.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A CALÇAMENTO RURAL, NA LOCALIDADE DENOMINADA DE FELIZ LEMBRANÇA NO DISTRITO SEDE DO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A PONTE RURAL, NO DISTRITO DE CAFÉ NO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO ONEROSA DE USO DE ESPAÇOS PÚBLICOS E ESTABELECE O REGRAMENTO APLICÁVEL PARA ESTE TIPO DE CONCESSÃO DE BENS NO MUNICÍPIO DEALEGRE/ES.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1053/projeto_de_emenda_a_lei_organica_001.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1053/projeto_de_emenda_a_lei_organica_001.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 39 DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 35 DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1073/veto_projeto_de_lei_cma_no_004.202429042024103159.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1073/veto_projeto_de_lei_cma_no_004.202429042024103159.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei Nº 004/2024 - CMA</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofícios Expedidos 2024</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1033/xodo_-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1033/xodo_-_of._2024.pdf</t>
   </si>
   <si>
     <t>Ofícios Expedido 2023</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1034/dudu_-_oficio.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1034/dudu_-_oficio.2024.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pelo Vereador ao longo do ano de 2024.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1035/fabinho_-_oficio.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1035/fabinho_-_oficio.2024.pdf</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1036/gilmar_silva_de_mattos_-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1036/gilmar_silva_de_mattos_-_of._2024.pdf</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1037/mercon-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1037/mercon-_of._2024.pdf</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1038/romar_-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1038/romar_-_of._2024.pdf</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1039/mauricio.2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1039/mauricio.2024.pdf</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1040/ita_-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1040/ita_-_of._2024.pdf</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1041/totoca_-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1041/totoca_-_of._2024.pdf</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1042/taiza_-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1042/taiza_-_of._2024.pdf</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1043/willian_-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1043/willian_-_of._2024.pdf</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>CLÁUDIO SOBREIRA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1103/claudio_sobreira._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1103/claudio_sobreira._2024.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1517,67 +1517,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1107/anteprojeto_de_lei_001.2024_gilmar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1108/anteprojeto_de_lei_no_002.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1109/anteprojeto_de_lei_no_003.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1104/anteprojeto_de_lei__004.2024__-_dispoe_sobre_a_implantacao_de_distrito_industrial_no_municipio_de_alegre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1105/anteprojeto_de_lei_005-2024_-_dispoe_sobre_incentivos_a_empreendimentos_instalados_no_polo_industrial.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1110/anteprojeto_de_lei__006-2024__-_chacreamento_urbano_ou_rural_e_condominio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1067/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1068/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1069/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1070/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1085/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1116/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1117/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1059/portaria_n_002.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1060/portaria_n_003.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1061/portaria_no_004.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1062/portaria_no_005.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1086/portaria_no_007.202429052024081609.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1114/projeto_de_decreto_013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1102/projeto_de_decreto_legislativo_014.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_decreto_legislativo_018.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1044/projeto_de_lei_no_001.2024_cma19022024144213.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1045/proj_de_lei_cma__n_002.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1046/proj_de_lei_cma__n_003.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1047/fabinho_-_oficio.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1052/proj_de_lei_cma_no_005.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1054/projeto_de_lei_cma_no_007.202426032024100617.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1083/projeto_de_lei_cma_no_008.202430042024160011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1055/projeto_de_lei_no_009.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1071/projeto_de_lei_no_010.202423042024134510.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1082/projeto_de_lei_cma_no_011.202430042024155246.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1074/projeto_de_lei_cma_no_012.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1089/projeto_de_lei_cma_no_013.202420052024092359.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto_de_lei_cma_no_015.202418062024093442.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1097/projeto_de_lei__cma_no_016.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_cma_no_017.202418062024092913.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1093/projeto_de_lei_cma_no_018.202418062024092438.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1094/projeto_de_lei_cma_no_019.202418062024083742.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1098/projeto_de_lei_cma_no_021.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1099/projeto_de_lei_cma_no_022.2024_001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1100/projeto_de_lei_cma_023.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1101/projeto_de_lei_cma_024.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1106/projeto_de_lei_cma_025.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1113/projeto_de_lei_no_026.202413082024154900.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1115/projeto_de_lei_cma_no_027.202420082024142832.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1127/projeto_de_lei_no_028.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1129/projeto_de_lei_cma_no_029.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1137/projeto_de_lei_cma_no_030.2024_001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1030/proj_de_lei_compl_001.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1049/proj_de_lei_compl_n_002.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1135/projeto_de_lei_compl_no_003.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1028/projeto_de_lei_001.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1029/proj_de_lei_no_002.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1048/projeto_de_lei_exe__n_003.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1051/projeto_de_lei_exe_no_004.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1056/projeto_de_lei_exe_no_005.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1057/projeto_de_lei_exe_no_006.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1058/projeto_de_lei_exe_no_007.2024_001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_lei_no_009.202410042024100845.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_de_lei_no_010.202410042024095537.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1066/projeto_de_lei_no_011.202411042024170632.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_de_lei_no_012.202410042024100424.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1072/projeto_de_lei_no_013.202423042024134035.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1075/projeto_de_lei_exe_no_014.202430042024154907.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1076/projeto_de_lei_exe_no_015.202430042024154617.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1077/projeto_de_lei_no_016.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1078/projeto_de_lei_no_017.202407052024145551.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto_de_lei_no_018.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1080/projeto_de_lei_no_019.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1081/projeto_de_lei_no_020.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1084/projeto_de_lei_no_021.202420052024092806.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1087/projeto_de_lei_no_exe_022.02429052024082618.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1088/projeto_de_lei_no_exe_023.02429052024082134.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1095/projeto_de_lei_no_024.202418062024082942.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto_de_lei_no_025.202418062024082611.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1111/projeto_de_lei_no_026.202413082024101943.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_no_027.202413082024102220.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1118/projeto_de_lei_no_028.202420092024145231.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1119/projeto_de_lei_no_029.202425092024100539.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1120/projeto_de_lei_no_030.202425092024100851.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_no_031.202402102024092859.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1124/projeto_de_lei_no_032.202402102024094956.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1125/projeto_de_lei_no_033.202402102024094440.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1126/projeto_de_lei_no_034.202402102024101553.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_lei_no_035.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_037.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_exe_038.202408042025110820.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_exe_no_039.2024_001.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1053/projeto_de_emenda_a_lei_organica_001.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1073/veto_projeto_de_lei_cma_no_004.202429042024103159.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1033/xodo_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1034/dudu_-_oficio.2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1035/fabinho_-_oficio.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1036/gilmar_silva_de_mattos_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1037/mercon-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1038/romar_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1039/mauricio.2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1040/ita_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1041/totoca_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1042/taiza_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1043/willian_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1103/claudio_sobreira._2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1107/anteprojeto_de_lei_001.2024_gilmar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1108/anteprojeto_de_lei_no_002.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1109/anteprojeto_de_lei_no_003.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1104/anteprojeto_de_lei__004.2024__-_dispoe_sobre_a_implantacao_de_distrito_industrial_no_municipio_de_alegre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1105/anteprojeto_de_lei_005-2024_-_dispoe_sobre_incentivos_a_empreendimentos_instalados_no_polo_industrial.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1110/anteprojeto_de_lei__006-2024__-_chacreamento_urbano_ou_rural_e_condominio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1067/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1068/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1069/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1070/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1085/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1116/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1117/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1059/portaria_n_002.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1060/portaria_n_003.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1061/portaria_no_004.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1062/portaria_no_005.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1086/portaria_no_007.202429052024081609.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1114/projeto_de_decreto_013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1102/projeto_de_decreto_legislativo_014.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_decreto_legislativo_018.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1044/projeto_de_lei_no_001.2024_cma19022024144213.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1045/proj_de_lei_cma__n_002.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1046/proj_de_lei_cma__n_003.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1047/fabinho_-_oficio.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1052/proj_de_lei_cma_no_005.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1054/projeto_de_lei_cma_no_007.202426032024100617.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1083/projeto_de_lei_cma_no_008.202430042024160011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1055/projeto_de_lei_no_009.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1071/projeto_de_lei_no_010.202423042024134510.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1082/projeto_de_lei_cma_no_011.202430042024155246.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1074/projeto_de_lei_cma_no_012.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1089/projeto_de_lei_cma_no_013.202420052024092359.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto_de_lei_cma_no_015.202418062024093442.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1097/projeto_de_lei__cma_no_016.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_cma_no_017.202418062024092913.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1093/projeto_de_lei_cma_no_018.202418062024092438.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1094/projeto_de_lei_cma_no_019.202418062024083742.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1098/projeto_de_lei_cma_no_021.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1099/projeto_de_lei_cma_no_022.2024_001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1100/projeto_de_lei_cma_023.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1101/projeto_de_lei_cma_024.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1106/projeto_de_lei_cma_025.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1113/projeto_de_lei_no_026.202413082024154900.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1115/projeto_de_lei_cma_no_027.202420082024142832.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1127/projeto_de_lei_no_028.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1129/projeto_de_lei_cma_no_029.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1137/projeto_de_lei_cma_no_030.2024_001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1030/proj_de_lei_compl_001.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1049/proj_de_lei_compl_n_002.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1135/projeto_de_lei_compl_no_003.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1028/projeto_de_lei_001.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1029/proj_de_lei_no_002.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1048/projeto_de_lei_exe__n_003.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1051/projeto_de_lei_exe_no_004.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1056/projeto_de_lei_exe_no_005.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1057/projeto_de_lei_exe_no_006.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1058/projeto_de_lei_exe_no_007.2024_001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_lei_no_009.202410042024100845.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_de_lei_no_010.202410042024095537.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1066/projeto_de_lei_no_011.202411042024170632.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_de_lei_no_012.202410042024100424.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1072/projeto_de_lei_no_013.202423042024134035.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1075/projeto_de_lei_exe_no_014.202430042024154907.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1076/projeto_de_lei_exe_no_015.202430042024154617.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1077/projeto_de_lei_no_016.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1078/projeto_de_lei_no_017.202407052024145551.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto_de_lei_no_018.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1080/projeto_de_lei_no_019.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1081/projeto_de_lei_no_020.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1084/projeto_de_lei_no_021.202420052024092806.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1087/projeto_de_lei_no_exe_022.02429052024082618.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1088/projeto_de_lei_no_exe_023.02429052024082134.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1095/projeto_de_lei_no_024.202418062024082942.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto_de_lei_no_025.202418062024082611.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1111/projeto_de_lei_no_026.202413082024101943.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_no_027.202413082024102220.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1118/projeto_de_lei_no_028.202420092024145231.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1119/projeto_de_lei_no_029.202425092024100539.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1120/projeto_de_lei_no_030.202425092024100851.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_no_031.202402102024092859.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1124/projeto_de_lei_no_032.202402102024094956.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1125/projeto_de_lei_no_033.202402102024094440.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1126/projeto_de_lei_no_034.202402102024101553.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_lei_no_035.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_037.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_exe_038.202408042025110820.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_exe_no_039.2024_001.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1053/projeto_de_emenda_a_lei_organica_001.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1073/veto_projeto_de_lei_cma_no_004.202429042024103159.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1033/xodo_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1034/dudu_-_oficio.2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1035/fabinho_-_oficio.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1036/gilmar_silva_de_mattos_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1037/mercon-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1038/romar_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1039/mauricio.2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1040/ita_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1041/totoca_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1042/taiza_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1043/willian_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2024/1103/claudio_sobreira._2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>