--- v0 (2026-01-29)
+++ v1 (2026-03-21)
@@ -54,1570 +54,1570 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APJ</t>
   </si>
   <si>
     <t>Anteprojeto</t>
   </si>
   <si>
     <t>WILLIAN BESTETE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/905/anteprojeto_de_lei_001.2023_willian.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/905/anteprojeto_de_lei_001.2023_willian.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA AJUDA DE CUSTO DENOMINADA "BOLSA ATIRADOR", DESTINADA AOS ATIRADORES DURANTE O PERÍODO DE INSTRUÇÃO NO TIRO DE GUERRA 01-005, SEDIADO EM ALEGRE/ES,, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>DUDU</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/906/anteprojeto_de_lei_002.2023_dudu.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/906/anteprojeto_de_lei_002.2023_dudu.pdf</t>
   </si>
   <si>
     <t>OBRIGA AS ESCOLAS, AS CRECHES E OS BERÇÁRIOS PÚBLICOS E PRIVADOS DO MUNICÍPIO DE ALEGRE A OFERTAR CURSO DE CAPACITAÇÃO EM PRIMEIROS SOCORROS PARA, NO MÍNIMO, 1/3 (UM TERÇO) DE SEUS SERVIDORES OU FUNCIONÁRIOS  (REGULAMENTO DA LEI FEDERAL Nº 13.722/2018 -  LEI LUCAS).</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>TAIZA GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/939/anteprojeto_de_lei_003.2023_taiza.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/939/anteprojeto_de_lei_003.2023_taiza.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE ALEGRE, POLÍTICA PÚBLICA PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/940/anteprojeto_de_lei_004.2023_dudu.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/940/anteprojeto_de_lei_004.2023_dudu.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O SERVIÇO DE TRANSPORTE ALTERNATIVO PÚBLICO INDIVIDUAL DE PASSAGEIROS, DE CARGAS E OBJETOS, EM VEÍCULOS AUTOMOTORES EM DUAS RODAS DO TIPO MOTOCICLETA, DENOMINADOS MOTOTÁXI, MOTO-FRETE E MOTOBOY NO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/941/anteprojeto_de_lei_005.2023_dudu_.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/941/anteprojeto_de_lei_005.2023_dudu_.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA PASSE PARA ESTUDANTES REGULARMENTE MATRICULADOS NAS INSTITUIÇÕES DE ENSINO MÉDIO, TÉCNICO, PROFISSIONALIZANTE OU UNIVERSITÁRIO DAS INSTITUIÇÕES DE ENSINO REGIONAIS, AUTORIZA A CONCESSÃO DE SUBSÍDIOS TARIFÁRIOS NO ÂMBITO DO TRANSPORTE COLETIVO INTERMUNICIPAL E/OU A EMPRESAS PRIVADAS DE TRANSPORTE DE ESTUDANTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>XODÓ</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1011/anteprojeto_de_lei_006.2023_xodo.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1011/anteprojeto_de_lei_006.2023_xodo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROTOCOLO INDIVIDUALIZADO DE AVALIAÇÃO (PIA) PARA OS ALUNOS COM TRANSTORNOS GLOBAIS DE DESENVOLVIMENTO, INCLUINDO-SE O TRANSTORNO DO ESPECTRO DO AUTISTA (TEA), NAS INSTITUIÇÕES DE ENSINO DO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1012/anteprojeto_de_lei_007.2023_prata_da_casa_dudu.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1012/anteprojeto_de_lei_007.2023_prata_da_casa_dudu.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA “PRATA DA CASA”, QUE ESTABELECE A OBRIGATORIEDADE DE OPORTUNIDADES PARA APRESENTAÇÃO DE GRUPOS CULTURAIS, FOLCLÓRICOS OU MUSICAIS, BANDAS, CANTORES SOLO, DUPLAS, TRIOS OU INSTRUMENTISTAS LOCAIS NA ABERTURA DE EVENTOS DE PEQUENO, MÉDIO OU GRANDE PORTE, QUE CONTE COM FINANCIAMENTO TOTAL OU PARCIAL DO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Atos da Mesa Diretora</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1025/ato_da_mesa_diretora_no_01.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1025/ato_da_mesa_diretora_no_01.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE EXPEDIENTE DA CÂMARA MUNICIPAL DE ALEGRE-ES NO MÊS DE JANEIRO DE 2023, PERÍODO DE RECESSO LEGISLATIVO.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1027/ato_da_mesa_diretora_no_02.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1027/ato_da_mesa_diretora_no_02.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTIVO NAS REPARTIÇÕES DA CÂMARA MUNICIPAL DE ALEGRE-ES</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/924/ato_03.23_regime_de_transicao_liicitacao.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/924/ato_03.23_regime_de_transicao_liicitacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO REGIME DE TRANSIÇÃO DE QUE TRATA O ART. 191 DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, NO ÂMBITO DA CÃMARA MUNICIPAL DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/951/ato_da_mesa_diretora_no_04.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/951/ato_da_mesa_diretora_no_04.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO NAS REPARTIÇÕES DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1026/ato_da_mesa_diretora_no_05.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1026/ato_da_mesa_diretora_no_05.2023.pdf</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/976/whatsapp_image_2023-09-06_at_08.33.16.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/976/whatsapp_image_2023-09-06_at_08.33.16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATICO NAS REPARTIÇÕES DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1024/ato_da_mesa_diretora_no_07.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1024/ato_da_mesa_diretora_no_07.2023.pdf</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/907/indicacoes_dudu.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/907/indicacoes_dudu.pdf</t>
   </si>
   <si>
     <t>Indicações enviadas pelo Vereador ao longo do ano de 2023.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>FABINHO DO CAMINHÃO</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/921/indicacao_2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/921/indicacao_2024.pdf</t>
   </si>
   <si>
     <t>Indicações encaminhadas pelo Vereador ao longo do ano de 2023.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/922/indicacao_2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/922/indicacao_2023.pdf</t>
   </si>
   <si>
     <t>Indicação encaminhada pela Vereadora ao longo do ano de 2023.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/963/xodo_-_of._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/963/xodo_-_of._2023.pdf</t>
   </si>
   <si>
     <t>Indicações encaminhadas pelo Vereador ao longo do ano 2023.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/962/indicacao_2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/962/indicacao_2023.pdf</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/935/projeto_de_decreto_legislativo__no_001.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/935/projeto_de_decreto_legislativo__no_001.2023.pdf</t>
   </si>
   <si>
     <t>ACOLHE PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/944/projeto_de_decreto_legislativo_no_002.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/944/projeto_de_decreto_legislativo_no_002.2023.pdf</t>
   </si>
   <si>
     <t>ACOLHE PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E REJEITA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/973/projeto_de_decreto_legislativo_003_1_e_2_turno.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/973/projeto_de_decreto_legislativo_003_1_e_2_turno.pdf</t>
   </si>
   <si>
     <t>ACOLHE PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E REJEITA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>PLCMA</t>
   </si>
   <si>
     <t>Projeto de Lei CMA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/880/projeto_de_lei_no_001_cma_2.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/880/projeto_de_lei_no_001_cma_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO VALOR DOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO, SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE ALEGRE-ES PARA O PERÍODO DE 2025/ 2028 E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/881/projeto_de_lei_no_002_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/881/projeto_de_lei_no_002_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO VALOR DOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE ALEGRE-ES PARA O PERÍODO DE 2025/ 2028 E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/882/projeto_de_lei_no_003_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/882/projeto_de_lei_no_003_cma.pdf</t>
   </si>
   <si>
     <t>CONCEDE RREAJUSTE AOS VENCIMENTOS DOS CARGOS DE PROVIMENTO EFETIVO E COMISSONADOS DA CÂMARA MUNICIPAL DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/895/proj._de_lei_exe_no_004.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/895/proj._de_lei_exe_no_004.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NESTE MUNICÍPIO DE ALEGRE/ES</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>MERÇON</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/903/projeto_de_lei_no_005.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/903/projeto_de_lei_no_005.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A PRAÇA CENTRAL DO DISTRITO DE RIVE, NESTE MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>MAURÍCIO DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/904/projeto_de_lei_no_006.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/904/projeto_de_lei_no_006.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO DISTRITO DE RIVE,  MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/934/projeto_de_lei_no_008.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/934/projeto_de_lei_no_008.2023_cma.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PRAZO DE VALIDADE INDETERMINADO PARA LAUDOS QUE ATESTAM O TRANSTORNO DO ESPECTRO AUTISTA - TEA NO ÂMBITO DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/945/projeto_de_lei_no_009.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/945/projeto_de_lei_no_009.2023_cma.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE-ES,O EVENTO ESPORTIVO CICLÍSTICO DE MOUTAIN BIKE, DENOMINADO "MTB DO CAFÉ", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/946/projeto_de_lei_no_010.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/946/projeto_de_lei_no_010.2023_cma.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE-ES, A FESTA COMUNICTÁRIA DE SÃO JOÃO BATISTA REALIZADA NA COMUNIDADE DO ESTIVADO, DISTRITO DO CAFÉ, NESTE  MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/947/projeto_de_lei_no_011.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/947/projeto_de_lei_no_011.2023_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DE MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/948/projeto_de_lei_012.2023_cma_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/948/projeto_de_lei_012.2023_cma_001.pdf</t>
   </si>
   <si>
     <t>PROÍBE A COMERCIALIZAÇÃO, FABRICAÇÃO, QUEIMA, ARREMESSO, DISPARO, SOLTURA, UTILIZAÇÃO E MANUSEIO DE FOGOS DE ARTIFÍCIO, FOGUETES, BOMBAS E DEMAIS ARTEFATOS EXPLOSIVOS OU PIROTÉCNICOS DE ALTO IMPACTO SONORO, TECNICAMENTE CLASSIFICADO COMO "FOGOS DE ESTAMPIDO DE EFEITOS RUIDOSOS", REGULAMENTA NO ÂMBITO MUNICIPAL A LEI ESTADUAL N 11.703/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/949/projeto_de_lei_013.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/949/projeto_de_lei_013.2023_cma.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA "PRATA DA CASA", QUE ESTABELECE A OBRIGATORIEDADE DE OPORTUNIDADES PARA APRESENTAÇÃO DE GRUPOS CULTURAIS, FOLCLÓRICOS OU MUSICAIS, BANDAS, CANTORES SOLO, DUPLAS, TRIOS OU INSTRMENTAIS LOCAIS NA ABERTURA DE EVENTOS DE PEQUENO, MÉDIO E GRANDE PORTE, QUE CONTE COM FINANCIAMENTO TOTAL OU PARCIAL DO MUNICÍPIO DE ALEGRE-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/954/projeto_de_lei_no_014_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/954/projeto_de_lei_no_014_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NA SEDE DO MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>TOTOCA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/955/projeto_de_lei_015.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/955/projeto_de_lei_015.2023_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO DISTRITO DE CELINA, MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/956/projeto_de_lei_no_016.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/956/projeto_de_lei_no_016.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE BRINQUEDOS ADAPTADOS PARA CRIANÇAS COM DEFICIÊNCIA NO MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/957/projeto_de_lei_no_017.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/957/projeto_de_lei_no_017.2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE ALEGRE, O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO DE AUXÍLIO E ORIENTAÇÃO NA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIA OCULTA.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/958/proj_de_lei__018.2023-1.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/958/proj_de_lei__018.2023-1.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, LOCALIZADO NO LOTEAMENTO ANTÔNIO LEMOS JÚNIOR, SEDE DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/961/projeto_de_lei_no_019.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/961/projeto_de_lei_no_019.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS AOS SERVIDORES DA CÂMARA MUNICIPAL DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/964/projeto_de_lei_cma_no_020.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/964/projeto_de_lei_cma_no_020.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO DISTRITO DE RIVE, MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/966/projeto_de_lei_no_021.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/966/projeto_de_lei_no_021.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>ITA POLASTRELI</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/977/projeto_de_lei_no_022.2023_cma_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/977/projeto_de_lei_no_022.2023_cma_001.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A CAMPO DE FUTEBOL, NA LOCALIDADE DE "FLORES DE APARECIDA DO NORTE", DISTRITO DA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_lei_no_023.2023_cma_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_lei_no_023.2023_cma_001.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NA LOCALIDADE DE "FLORES DE APARECIDA DO NORTE", DISTRITO DA SEDE MUNICÍPIO.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/987/projeto_de_lei_no_024.2023_cma_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/987/projeto_de_lei_no_024.2023_cma_001.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA, NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE ALEGRE-ES, A ALEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, TRATANDO DOS AGENTES DE CONTRATAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/988/projeto_de_lei_no_025.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/988/projeto_de_lei_no_025.2023_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOUROS PÚBLICOS NO DISTRITO DE RIVE, MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/989/projeto_de_lei_026.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/989/projeto_de_lei_026.2023.pdf</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>ROMAR AZEVEDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/990/projeto_de_lei_cma_027.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/990/projeto_de_lei_cma_027.2023.pdf</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/994/projeto_de_lei_no_028.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/994/projeto_de_lei_no_028.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, LOCALIZADO NO DISTRITO DO CAFÉ, MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/996/proj_de_lei__029.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/996/proj_de_lei__029.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATENDIMENTO PREFERENCIAL E SOBRE UTILIZAÇÃO DE VAGAS DE ESTACIONAMENTO PREFERENCIAS AOS PORTADORES DE FIBROMIALGIA.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1000/projeto_de_lei_030.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1000/projeto_de_lei_030.2023_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO LOCALIZADO NO DISTRITO DO CAFÉ NESTE MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1021/projeto_de_lei_no_031.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1021/projeto_de_lei_no_031.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO DE LOGRADOURO PÚBLICO, LOCALIZADO NO DISTRITO DE CELINA, MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_no_032._2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_no_032._2023_exe.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIAA 20 DE NOVEMBRO - DIA DA CONSCIÊNCIA NEGRA- COMO FERIADO MUNICIPAL, NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1007/projeto_de_lei_033.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1007/projeto_de_lei_033.2023_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO LOCALIZADO NO LOTEAMENTO ALTO CAFÉ ,NO DISTRITO DO CAFÉ, NESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1008/projeto_de_lei_034.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1008/projeto_de_lei_034.2023_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO LOCALIZADO NO LOTEAMENTO ALTO CAFÉ, NO DISTRITO DO CAFÉ, NESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1013/projeto_de_lei_no_035.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1013/projeto_de_lei_no_035.2023_cma.pdf</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1014/projeto_de_lei_no_036.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1014/projeto_de_lei_no_036.2023_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO LOCALIZADO NO DISTRITO DO CAFÉ, NESTE MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1018/projeto_de_lei_no_0037.2023_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1018/projeto_de_lei_no_0037.2023_cma.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO AOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE ALEGRE-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1020/projeto_de_lei_no_038.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1020/projeto_de_lei_no_038.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO DISTRITO DE RIVE, MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de lei complementar</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/902/projeto_de_lei_complementar_no_009.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/902/projeto_de_lei_complementar_no_009.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ANEXO IV DA LEI Nº 3.582, DE 25 DE MARÇO DE 2020, ESTABELECENDO NOVOS SUBSÍDIOS AOS CARGOS DE DIRETOR DA UNIDADE DE ENSINO.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/970/projeto_de_lei_complem._no_010.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/970/projeto_de_lei_complem._no_010.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.582, DE 25 DE MARÇO DE 2020, QUE DISPÕE SOBRE A REFORMULAÇÃO DA ESTRUTURA ADMINISTRATIVA BÁSICA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE ALEGRE.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/980/projeto_de_lei_compl_no_011.2023_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/980/projeto_de_lei_compl_no_011.2023_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL DE 1988, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/995/projeto_de_lei_complementar_no_012.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/995/projeto_de_lei_complementar_no_012.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 3.631, DE 06 DE ABRIL DE 2021 PARA ADEQUAR A TAXA DE ADMINISTRAÇÃO DO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DO MUNICÍPIO DE ALEGRE-IPASMA.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/997/projeto_de_lei_compl_no_013.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/997/projeto_de_lei_compl_no_013.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 010, DE 18 DE OUTUBRO DE 2023, A FIM DE CONTEMPLAR A REVISÃO GERAL ANUAL AOS PROFISSIONAIS DAS EQUIPES DE REFERÊNCIA TÉCNICA E ABRIGO INSTITUCIONAL, CONFORME LEI Nº 3.779, DE 05 DE MAIO DE 2023, E DÁ OUTRAS PROVIDêNCIAS.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1005/projeto_de_lei_compl_no_014._023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1005/projeto_de_lei_compl_no_014._023_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 10, DE 18 DE OUTUBRO DE 2023, A FIM DE CONTEMPLAR A REVISÃO GERAL ANUAL AOS CONSELHEIROS TUTELARES, CONFORME LEI Nº 3.543, DE 06 DE JUNHO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/877/projeto_de_lei_no_001_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/877/projeto_de_lei_no_001_exe.pdf</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/878/projeto_de_lei_no_002_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/878/projeto_de_lei_no_002_exe.pdf</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_de_lei_no_003_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_de_lei_no_003_exe.pdf</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_de_lei_exe_no_004.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_de_lei_exe_no_004.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS CONTIDOS NA LEI MUNICIPAL DE Nº 3.458/2017, QUE DISPÕE SOBRE CANCELAMENTO DE CRÉDITOS TRIBUTÁRIOS INSCRITOS OU NÃO EM DÍVIDA ATIVA E ESTABELECE VALOR MÍNIMO PARA EXECUÇÃO FISCAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_de_lei_exe_no_005.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_de_lei_exe_no_005.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/900/projeto_de_lei_no_006.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/900/projeto_de_lei_no_006.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 2.999, DE 02 DE ABRIL DE 2009, ESTABELECENDO NOVOS VALORES DESTINADOS À TRANSFERÊNCIA MENSAL DOS RECURSOS FINANCEIROS PROVENIENTES DO FUNDEB 30%, EM FAVOR DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/901/projeto_de_lei_no_007.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/901/projeto_de_lei_no_007.2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE RECUPERAÇÃO FISCAL DE ALEGRE/ES "REFIS 2023", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/936/projeto_de_lei_no_008.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/936/projeto_de_lei_no_008.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DO QUADRO EFETIVO DA LEI MUNICIPAL Nº 2.620/2004, ALTERA O ANEXO II, ANEXO II A E ANEXO II B DA LEI MUNICIPAL Nº 2.927/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/908/projeto_de_lei_no_009.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/908/projeto_de_lei_no_009.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DE DISPOSITIVOS DA LEI MUNICIPAL DE Nº 3652/2021 QUE AUTORIZA O PREFEITO MUNICIPAL E O PROCURADOR GERAL DO MUNICÍPIO A CELEBRAREM ACORDO EM PROCESSOS JUDICIAIS EM QUE O MUNICÍPIO DE ALEGRE, TIVER INTERESSE JURÍDICO NA_x000D_
 DEMANDA.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/925/projeto_de_lei_no_010.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/925/projeto_de_lei_no_010.2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO INDIVIDUALIZADA DE USO DE BEM PÚBLICO LOCALIZADO NO PARQE DE EXPOSIÇÕES DO DISTRITO DE ANUTIBA, MUNICÍPIO DE ALEGRE-ES, EM CONFORMIDADE COM O ART. 32 § 1º, DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/</t>
+    <t>http://sapl.alegre.es.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO INDIVIDUALIZA DE USO DE BENS PÚBLICOS LOCALIZADO NO GINÁSIO DE ESPORTES " VICTOR EMANUEL ALCURI", EM CONFORMIDADE COM O ART. 35, § 1ºDA LEI ORGÂNICA DO MUNCÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/927/projeto_de_lei_no_012.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/927/projeto_de_lei_no_012.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/929/projeto_de_lei_no_013.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/929/projeto_de_lei_no_013.2023_exe.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A COMPOSIÇÃO DAS EQUIPES DE REFERÊNCIA TÉCNICA DOS SERVIÇOS DE PROTEÇÃO SOCIAL BÁSICA E PROTEÇÃO SOCIAL DE MÉDIA E ALTA COMPLEXIDADE E DE APOIO PARA FUNCIONAMENTO DO CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL - CRAS, DO CENTRO DE REFERêNCIA ESPECIALIZADO EM ASSISTÊNCIA SOCIAL - CREAS, DA SECRETARIA EXECUTIVA DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS E DO ABRIGO INSTITUCIONAL, NO ÂMBITO DO MUNICÍPIO DE ALEGRE, E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/930/projeto_de_lei_no_014.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/930/projeto_de_lei_no_014.2023_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A CRIAÇÃO DE FUNÇÃO GRATIFICADA DE SUPERVISOR DE CAMPO DOS AGENTES DE COMBATE ÀS ENDEMIAS NO MUNICÍPIO DE ALGRE/ES, E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/931/projeto_de_lei_no_015.2023_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/931/projeto_de_lei_no_015.2023_exe_001.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE NUTRICIONISTA, PARA ATENDER A LEI FEDERAL Nº 11.947/2009, RESOLUÇÃO CD/FNDE Nº 26/2013 E RESOLUÇÃO CF Nº 465/2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/932/projeto_de_lei_no_016.2023_exe_002.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/932/projeto_de_lei_no_016.2023_exe_002.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS DE NUTRICIONISTA E PSICÓLOGO, QUE PASSAM A FAZER PARTE INTEGRANTE DA RELAÇÃO DE CARGOS APROVADOS PELA LEI MUNICIPAL Nº 2.927/2008 - PLANO DE CARGOS E SALÁRIOS DA ADMINISTRÇÃO E ALTERA O QUANTITATIVO DE ASSISTENTE SOCIAL DA LEI MUNICIPAL Nº 2.927/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/933/projeto_de_lei_no_017.2023_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/933/projeto_de_lei_no_017.2023_exe_001.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO V DO ARTIGO 2º DA LEI MUNICIPAL 3611/2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/937/projeto_de_lei_exe_no_018.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/937/projeto_de_lei_exe_no_018.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E DEFINE OS PROCEDIMENTOS OBRIGATÓRIOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE MANIPULAM E/OU PROCESSAM PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/938/projeto_de_lei_exe_no_019.2023_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/938/projeto_de_lei_exe_no_019.2023_001.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3.277, DE 14 DE OUTUBRO DE 2013, PARA ESTABELECER A NECESSIDADE DE PROCESSO ELEITORAL PARA A ESCOLHA DOS REPRESENTANTES DA SOCIEDADE CIVIL PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DO PATRIMÔNIO CULTURAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/942/projeto_de_lei_no_020.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/942/projeto_de_lei_no_020.2023_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMNETÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/943/projeto_de_lei_no_021.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/943/projeto_de_lei_no_021.2023_exe.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE FISCAL AMBIENTAL QUE PASSA A FAZER PARTE INTEGRANTE DA RELAÇÃO DE CARGOS APROVADOS PELA LEI MUNICIPAL Nº 2.927/2008 - PLANO DE CARGOS E SALÁRIOS DA ADMINISTRAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/950/proj_de_lei_022.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/950/proj_de_lei_022.2023_exe.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO SANITÁRIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/953/projeto_de_lei_no_023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/953/projeto_de_lei_no_023_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CESSÃO DE USO DE BEM MÓVEL ÀS ASSOCIAÇÕES MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/952/projeto_de_lei_no_024.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/952/projeto_de_lei_no_024.2023_exe.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PRODUTORES (AS) RURAIS E MORADORES (AS) DE CELINA - AMPRUCELI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/959/projeto_de_lei_no_025.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/959/projeto_de_lei_no_025.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO XIII DO ART. 175, DA LEI Nº 2.608/2023 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE LAEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_lei_no_026.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_lei_no_026.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/965/projeto_de_lei_exe_no_027.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/965/projeto_de_lei_exe_no_027.2023.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO ÚNICO DO ART. 2º DA LEI MUNICIPAL Nº 2.652/2005, QUE DISPÕE SOBRE O REGIME DE PROnTO PAGAMENTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1019/projeto_de_lei_no_028.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1019/projeto_de_lei_no_028.2023.pdf</t>
   </si>
   <si>
     <t>CRIA O NOVO CÓDIGO DE OBRAS E EDIFICAÇÕES DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/981/projeto_de_lei_no_029.2023_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/981/projeto_de_lei_no_029.2023_exe_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PLANO DE AMORTIZAÇÃO DO DÉFICIT POR ALÍQUOTA SUPLEMENTAR, DESTINADAS AO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DO MUNICÍPIO DE ALEGRE - IPASMA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/967/projeto_de_lei_no_030.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/967/projeto_de_lei_no_030.2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVO CÓDIGO DE POSTURAS DO MUNICÍPIO DE ALEGRE, REVOGA A LEI 2.608/2023, LEI Nº 3.042/2009, LEI 3.086/2010, LEI 3.601/2020, LEI Nº 3.650/2021, LEI Nº 3.714/2022, LEI Nº 3.788/20023, LEI COMPLEMENTAR Nº 006/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/968/projeto_de_lei_exe_031.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/968/projeto_de_lei_exe_031.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO DE ALEGRE/ES, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/969/projeto_de_lei_no_032.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/969/projeto_de_lei_no_032.2023.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/972/projeto_de_lei_exe_033.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/972/projeto_de_lei_exe_033.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTlGO 70 DO INCISO I DA LEI 3.472/2017, QUE ESTABELECE A POLÍTICA MUNICIPAL DE MEIO AMBIENTE E INSTITUI O SISTEMA MUNICIPAL DE MEIO AMBIENTE DE ALEGRE/ES, E DÁ OUTRASPROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/974/projeto_de_lei_no_034.2023_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/974/projeto_de_lei_no_034.2023_001.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NO ÂMBITO DO MUNICÍPIO DE ALEGRE, O CÓDIGO MUNICIPAL DE BEM-ESTAR ANIMAL, CRIA O CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS E O FUNDO MUNICIPAL PARA O BEM ESTAR ANIMAL, O PROGRAMA DE BEM-ESTAR ANIMAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/975/projeto_de_lei_no_035.2023_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/975/projeto_de_lei_no_035.2023_001.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/998/projeto_de_lei_no_036.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/998/projeto_de_lei_no_036.2023_exe.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL SUSTENTÁVEL- PMSAN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/978/projeto_de_lei_no_037.2023_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/978/projeto_de_lei_no_037.2023_exe_001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS RECEBIDOS DA UNIÃO PARA CUMPRIMENTO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 12/2022, E DÁ  OUTRAS POVIDÊNCIAS.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/982/projeto_de_lei_no_038.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/982/projeto_de_lei_no_038.2023_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/983/projeto_de_lei_no_039.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/983/projeto_de_lei_no_039.2023_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER CESSÃO DE USO DE BEM MÓVEL À ASSOCIAÇÕES MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/984/projeto_de_lei_no_040.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/984/projeto_de_lei_no_040.2023_exe.pdf</t>
   </si>
   <si>
     <t>DISPPÕE SOBRE ALTERAÇÃO DE ANEXOS DO PLANO PLURIANUAL DO QUADRIÊNIO 2022-2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/985/projeto_de_lei_041.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/985/projeto_de_lei_041.2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE ALEGRE PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/986/projeto_de_lei_no_042.2023_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/986/projeto_de_lei_no_042.2023_exe_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/991/projeto_de_lei_exe_043.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/991/projeto_de_lei_exe_043.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DE VIA PÚBLICA URBANA LOCALIZADA NO DISTRITO DE CELINA, MUNICÍPIO DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/992/projeto_de_lei_exe_044.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/992/projeto_de_lei_exe_044.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O "§" 3º, DO ART. 39, E O ANEXO II, DA LEI 3.542/2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/993/projeto_de_lei_exe_045.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/993/projeto_de_lei_exe_045.2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA E REGULAMENTA A CESSÃO DE ESTAGIÁRIOS MUNICIPAIS A OUTROS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DIRETA, AUTÁRQUICA E FUNDACIONAL DE QUALQUER DOS PODERES DA UNIÃO E DO ESTADO DO ESPÍRITO SANTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/999/projeto_de_lei_no_046.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/999/projeto_de_lei_no_046.2023_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ALEGRE, ESTADO DO ESPÍRITO SANTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1001/projeto_de_lei_047.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1001/projeto_de_lei_047.2023_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXECUÇÃO INDIRETA, MEDIANTE CONTRATAÇÃO TERCEIRIZADA DE SERVIÇOS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1003/projeto_de_lei_no_048._023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1003/projeto_de_lei_no_048._023_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1004/projeto_de_lei_no_049._023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1004/projeto_de_lei_no_049._023_exe.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE COOPERATIVISMO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1006/projeto_de_lei_050.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1006/projeto_de_lei_050.2023_exe.pdf</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1009/projeto_de_lei_051.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1009/projeto_de_lei_051.2023_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS LOCALIZADOS NO LOTEAMENTO "BOA FÉ", PERÍMETRO URBANO DA SEDE DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1010/projeto_de_lei_no_052.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1010/projeto_de_lei_no_052.2023_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS E INCISOS NA LEI MUNICIPAL Nº 3.677 DE 22 DE DEZEMBRO DE 2021 E AUTORIZA O PODER EXECUTIVO A VINCULAR AS RECEITAS DO FUNDO DE PARTICIPAÇÃO DOS MUNICÍPIOS (FPM) E CONTRIBUÇÕES PARA O CUSTTEIO DOS SERVIÇOS DE ILUMINAÇÃO PÚBLICA (CIP/COCIP) EM CONTRATOS DE PARCERIA PÚBLICO-PRIVADA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1015/proj_de_lei_no_053.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1015/proj_de_lei_no_053.2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE BONIFICAÇÃO EXTRAORDINÁRIA AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1016/projeto_de_lei_no_054.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1016/projeto_de_lei_no_054.2023_exe.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A IMÓVEL PÚBLICO NO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1017/projeto_de_lei_no_055.2023_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1017/projeto_de_lei_no_055.2023_exe.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A PARTICIPAÇÃO DE ALEGRE-ES NO CONSÓRCIO PÚBLICO DA REGIÃO POLINORTE - CIM POLINORTE CRIA A PESSOA JURÍDICA SUPORTE DO CIM POLINORTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/909/projeto_de_resolucao_legis_001.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/909/projeto_de_resolucao_legis_001.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora JANE COSTA MONTEIRO, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>RENATO VIANA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/910/projeto_de_resolucao_legis_002.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/910/projeto_de_resolucao_legis_002.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora EDLENE BARROS GONÇALVES o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>Concede a Senhora MARIA FRANCISCA VAILLANT, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>GILMAR MATTOS</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/912/projeto_de_resolucao_legis_004.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/912/projeto_de_resolucao_legis_004.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora BELKER OLIVEIRA ABDALLA, o Diploma "Honra ao Mérito".</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/913/projeto_de_resolucao_legis_005.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/913/projeto_de_resolucao_legis_005.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora EDIANE VITOR DE SOUZA VITAL, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/914/projeto_de_resolucao_legis_006.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/914/projeto_de_resolucao_legis_006.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora LACY PEREIRA DE OLIVEIRA, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/915/projeto_de_resolucao_legis_007.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/915/projeto_de_resolucao_legis_007.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora ANA DE FATIMA RIBEIRO POLASTRELI, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/916/projeto_de_resolucao_legis_008.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/916/projeto_de_resolucao_legis_008.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora PRISCILA DE PAULA TOMAZ, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>CLÁUDIO SOBREIRA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_de_resolucao_legis_009.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_de_resolucao_legis_009.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora LUCIA ELENA FERNANDES PROTASIO TROLIS, O Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/918/projeto_de_resolucao_legis_010.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/918/projeto_de_resolucao_legis_010.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora SILVIA MUNIZ VALENTIM SOBREIRA VIANA, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/919/projeto_de_resolucao_legis_011.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/919/projeto_de_resolucao_legis_011.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora ROZIMELIA VARGAS, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/920/projeto_de_resolucao_legis_012.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/920/projeto_de_resolucao_legis_012.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Senhora MARIA CONCEBIDA RIBEIRO BATISTA, o Diploma de "Honra ao Mérito".</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>CDDM - Comissão de Defesa dos Direitos da Mulher</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/928/projeto_de_resolucao_legislativa_no_013.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/928/projeto_de_resolucao_legislativa_no_013.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/971/proposta_de_emen_a_lei_org._no_001.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/971/proposta_de_emen_a_lei_org._no_001.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 31 DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofícios Expedido 2023</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/883/dudu_-_oficio.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/883/dudu_-_oficio.2023.pdf</t>
   </si>
   <si>
     <t>Ofícios expedidos pelo Vereador ao longo do ano de 2023.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/884/xodo_-_of._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/884/xodo_-_of._2023.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pelo Vereador ao longo do ano de 2023.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/885/renato_-_of._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/885/renato_-_of._2024.pdf</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/887/fabinho_-_oficio.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/887/fabinho_-_oficio.2023.pdf</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/888/gilmar_silva_de_mattos_-_of._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/888/gilmar_silva_de_mattos_-_of._2023.pdf</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/889/mercon_1-_of._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/889/mercon_1-_of._2023.pdf</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/890/romar_-_of._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/890/romar_-_of._2023.pdf</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/891/claudio_sobreira._2024.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/891/claudio_sobreira._2024.pdf</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/892/totoca_-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/892/totoca_-_of._2022.pdf</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/893/taiza_-_of._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/893/taiza_-_of._2023.pdf</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/894/willian_-_of._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/894/willian_-_of._2023.pdf</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/898/mauricio.2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/898/mauricio.2023.pdf</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/899/ita_-_of._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/899/ita_-_of._2023.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1921,67 +1921,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/905/anteprojeto_de_lei_001.2023_willian.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/906/anteprojeto_de_lei_002.2023_dudu.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/939/anteprojeto_de_lei_003.2023_taiza.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/940/anteprojeto_de_lei_004.2023_dudu.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/941/anteprojeto_de_lei_005.2023_dudu_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1011/anteprojeto_de_lei_006.2023_xodo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1012/anteprojeto_de_lei_007.2023_prata_da_casa_dudu.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1025/ato_da_mesa_diretora_no_01.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1027/ato_da_mesa_diretora_no_02.2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/924/ato_03.23_regime_de_transicao_liicitacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/951/ato_da_mesa_diretora_no_04.2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1026/ato_da_mesa_diretora_no_05.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/976/whatsapp_image_2023-09-06_at_08.33.16.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1024/ato_da_mesa_diretora_no_07.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/907/indicacoes_dudu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/921/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/922/indicacao_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/963/xodo_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/962/indicacao_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/935/projeto_de_decreto_legislativo__no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/944/projeto_de_decreto_legislativo_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/973/projeto_de_decreto_legislativo_003_1_e_2_turno.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/880/projeto_de_lei_no_001_cma_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/881/projeto_de_lei_no_002_cma.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/882/projeto_de_lei_no_003_cma.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/895/proj._de_lei_exe_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/903/projeto_de_lei_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/904/projeto_de_lei_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/934/projeto_de_lei_no_008.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/945/projeto_de_lei_no_009.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/946/projeto_de_lei_no_010.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/947/projeto_de_lei_no_011.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/948/projeto_de_lei_012.2023_cma_001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/949/projeto_de_lei_013.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/954/projeto_de_lei_no_014_cma.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/955/projeto_de_lei_015.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/956/projeto_de_lei_no_016.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/957/projeto_de_lei_no_017.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/958/proj_de_lei__018.2023-1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/961/projeto_de_lei_no_019.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/964/projeto_de_lei_cma_no_020.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/966/projeto_de_lei_no_021.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/977/projeto_de_lei_no_022.2023_cma_001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_lei_no_023.2023_cma_001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/987/projeto_de_lei_no_024.2023_cma_001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/988/projeto_de_lei_no_025.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/989/projeto_de_lei_026.2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/990/projeto_de_lei_cma_027.2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/994/projeto_de_lei_no_028.2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/996/proj_de_lei__029.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1000/projeto_de_lei_030.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1021/projeto_de_lei_no_031.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_no_032._2023_exe.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1007/projeto_de_lei_033.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1008/projeto_de_lei_034.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1013/projeto_de_lei_no_035.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1014/projeto_de_lei_no_036.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1018/projeto_de_lei_no_0037.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1020/projeto_de_lei_no_038.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/902/projeto_de_lei_complementar_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/970/projeto_de_lei_complem._no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/980/projeto_de_lei_compl_no_011.2023_001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/995/projeto_de_lei_complementar_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/997/projeto_de_lei_compl_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1005/projeto_de_lei_compl_no_014._023_exe.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/877/projeto_de_lei_no_001_exe.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/878/projeto_de_lei_no_002_exe.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_de_lei_no_003_exe.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_de_lei_exe_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_de_lei_exe_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/900/projeto_de_lei_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/901/projeto_de_lei_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/936/projeto_de_lei_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/908/projeto_de_lei_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/925/projeto_de_lei_no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/927/projeto_de_lei_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/929/projeto_de_lei_no_013.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/930/projeto_de_lei_no_014.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/931/projeto_de_lei_no_015.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/932/projeto_de_lei_no_016.2023_exe_002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/933/projeto_de_lei_no_017.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/937/projeto_de_lei_exe_no_018.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/938/projeto_de_lei_exe_no_019.2023_001.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/942/projeto_de_lei_no_020.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/943/projeto_de_lei_no_021.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/950/proj_de_lei_022.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/953/projeto_de_lei_no_023_exe.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/952/projeto_de_lei_no_024.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/959/projeto_de_lei_no_025.2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_lei_no_026.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/965/projeto_de_lei_exe_no_027.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1019/projeto_de_lei_no_028.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/981/projeto_de_lei_no_029.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/967/projeto_de_lei_no_030.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/968/projeto_de_lei_exe_031.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/969/projeto_de_lei_no_032.2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/972/projeto_de_lei_exe_033.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/974/projeto_de_lei_no_034.2023_001.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/975/projeto_de_lei_no_035.2023_001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/998/projeto_de_lei_no_036.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/978/projeto_de_lei_no_037.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/982/projeto_de_lei_no_038.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/983/projeto_de_lei_no_039.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/984/projeto_de_lei_no_040.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/985/projeto_de_lei_041.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/986/projeto_de_lei_no_042.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/991/projeto_de_lei_exe_043.2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/992/projeto_de_lei_exe_044.2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/993/projeto_de_lei_exe_045.2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/999/projeto_de_lei_no_046.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1001/projeto_de_lei_047.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1003/projeto_de_lei_no_048._023_exe.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1004/projeto_de_lei_no_049._023_exe.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1006/projeto_de_lei_050.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1009/projeto_de_lei_051.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1010/projeto_de_lei_no_052.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1015/proj_de_lei_no_053.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1016/projeto_de_lei_no_054.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1017/projeto_de_lei_no_055.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/909/projeto_de_resolucao_legis_001.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/910/projeto_de_resolucao_legis_002.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/912/projeto_de_resolucao_legis_004.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/913/projeto_de_resolucao_legis_005.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/914/projeto_de_resolucao_legis_006.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/915/projeto_de_resolucao_legis_007.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/916/projeto_de_resolucao_legis_008.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_de_resolucao_legis_009.2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/918/projeto_de_resolucao_legis_010.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/919/projeto_de_resolucao_legis_011.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/920/projeto_de_resolucao_legis_012.2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/928/projeto_de_resolucao_legislativa_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/971/proposta_de_emen_a_lei_org._no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/883/dudu_-_oficio.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/884/xodo_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/885/renato_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/887/fabinho_-_oficio.2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/888/gilmar_silva_de_mattos_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/889/mercon_1-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/890/romar_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/891/claudio_sobreira._2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/892/totoca_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/893/taiza_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/894/willian_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/898/mauricio.2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/899/ita_-_of._2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/905/anteprojeto_de_lei_001.2023_willian.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/906/anteprojeto_de_lei_002.2023_dudu.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/939/anteprojeto_de_lei_003.2023_taiza.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/940/anteprojeto_de_lei_004.2023_dudu.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/941/anteprojeto_de_lei_005.2023_dudu_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1011/anteprojeto_de_lei_006.2023_xodo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1012/anteprojeto_de_lei_007.2023_prata_da_casa_dudu.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1025/ato_da_mesa_diretora_no_01.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1027/ato_da_mesa_diretora_no_02.2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/924/ato_03.23_regime_de_transicao_liicitacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/951/ato_da_mesa_diretora_no_04.2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1026/ato_da_mesa_diretora_no_05.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/976/whatsapp_image_2023-09-06_at_08.33.16.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1024/ato_da_mesa_diretora_no_07.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/907/indicacoes_dudu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/921/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/922/indicacao_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/963/xodo_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/962/indicacao_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/935/projeto_de_decreto_legislativo__no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/944/projeto_de_decreto_legislativo_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/973/projeto_de_decreto_legislativo_003_1_e_2_turno.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/880/projeto_de_lei_no_001_cma_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/881/projeto_de_lei_no_002_cma.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/882/projeto_de_lei_no_003_cma.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/895/proj._de_lei_exe_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/903/projeto_de_lei_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/904/projeto_de_lei_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/934/projeto_de_lei_no_008.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/945/projeto_de_lei_no_009.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/946/projeto_de_lei_no_010.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/947/projeto_de_lei_no_011.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/948/projeto_de_lei_012.2023_cma_001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/949/projeto_de_lei_013.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/954/projeto_de_lei_no_014_cma.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/955/projeto_de_lei_015.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/956/projeto_de_lei_no_016.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/957/projeto_de_lei_no_017.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/958/proj_de_lei__018.2023-1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/961/projeto_de_lei_no_019.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/964/projeto_de_lei_cma_no_020.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/966/projeto_de_lei_no_021.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/977/projeto_de_lei_no_022.2023_cma_001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_lei_no_023.2023_cma_001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/987/projeto_de_lei_no_024.2023_cma_001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/988/projeto_de_lei_no_025.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/989/projeto_de_lei_026.2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/990/projeto_de_lei_cma_027.2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/994/projeto_de_lei_no_028.2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/996/proj_de_lei__029.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1000/projeto_de_lei_030.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1021/projeto_de_lei_no_031.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_no_032._2023_exe.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1007/projeto_de_lei_033.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1008/projeto_de_lei_034.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1013/projeto_de_lei_no_035.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1014/projeto_de_lei_no_036.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1018/projeto_de_lei_no_0037.2023_cma.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1020/projeto_de_lei_no_038.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/902/projeto_de_lei_complementar_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/970/projeto_de_lei_complem._no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/980/projeto_de_lei_compl_no_011.2023_001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/995/projeto_de_lei_complementar_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/997/projeto_de_lei_compl_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1005/projeto_de_lei_compl_no_014._023_exe.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/877/projeto_de_lei_no_001_exe.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/878/projeto_de_lei_no_002_exe.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/879/projeto_de_lei_no_003_exe.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/896/projeto_de_lei_exe_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/897/projeto_de_lei_exe_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/900/projeto_de_lei_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/901/projeto_de_lei_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/936/projeto_de_lei_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/908/projeto_de_lei_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/925/projeto_de_lei_no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/927/projeto_de_lei_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/929/projeto_de_lei_no_013.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/930/projeto_de_lei_no_014.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/931/projeto_de_lei_no_015.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/932/projeto_de_lei_no_016.2023_exe_002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/933/projeto_de_lei_no_017.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/937/projeto_de_lei_exe_no_018.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/938/projeto_de_lei_exe_no_019.2023_001.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/942/projeto_de_lei_no_020.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/943/projeto_de_lei_no_021.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/950/proj_de_lei_022.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/953/projeto_de_lei_no_023_exe.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/952/projeto_de_lei_no_024.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/959/projeto_de_lei_no_025.2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/960/projeto_de_lei_no_026.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/965/projeto_de_lei_exe_no_027.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1019/projeto_de_lei_no_028.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/981/projeto_de_lei_no_029.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/967/projeto_de_lei_no_030.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/968/projeto_de_lei_exe_031.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/969/projeto_de_lei_no_032.2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/972/projeto_de_lei_exe_033.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/974/projeto_de_lei_no_034.2023_001.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/975/projeto_de_lei_no_035.2023_001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/998/projeto_de_lei_no_036.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/978/projeto_de_lei_no_037.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/982/projeto_de_lei_no_038.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/983/projeto_de_lei_no_039.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/984/projeto_de_lei_no_040.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/985/projeto_de_lei_041.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/986/projeto_de_lei_no_042.2023_exe_001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/991/projeto_de_lei_exe_043.2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/992/projeto_de_lei_exe_044.2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/993/projeto_de_lei_exe_045.2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/999/projeto_de_lei_no_046.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1001/projeto_de_lei_047.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1003/projeto_de_lei_no_048._023_exe.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1004/projeto_de_lei_no_049._023_exe.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1006/projeto_de_lei_050.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1009/projeto_de_lei_051.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1010/projeto_de_lei_no_052.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1015/proj_de_lei_no_053.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1016/projeto_de_lei_no_054.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/1017/projeto_de_lei_no_055.2023_exe.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/909/projeto_de_resolucao_legis_001.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/910/projeto_de_resolucao_legis_002.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/912/projeto_de_resolucao_legis_004.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/913/projeto_de_resolucao_legis_005.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/914/projeto_de_resolucao_legis_006.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/915/projeto_de_resolucao_legis_007.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/916/projeto_de_resolucao_legis_008.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/917/projeto_de_resolucao_legis_009.2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/918/projeto_de_resolucao_legis_010.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/919/projeto_de_resolucao_legis_011.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/920/projeto_de_resolucao_legis_012.2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/928/projeto_de_resolucao_legislativa_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/971/proposta_de_emen_a_lei_org._no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/883/dudu_-_oficio.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/884/xodo_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/885/renato_-_of._2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/887/fabinho_-_oficio.2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/888/gilmar_silva_de_mattos_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/889/mercon_1-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/890/romar_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/891/claudio_sobreira._2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/892/totoca_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/893/taiza_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/894/willian_-_of._2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/898/mauricio.2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2023/899/ita_-_of._2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>