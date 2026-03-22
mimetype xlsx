--- v0 (2026-01-29)
+++ v1 (2026-03-22)
@@ -54,1647 +54,1647 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APJ</t>
   </si>
   <si>
     <t>Anteprojeto</t>
   </si>
   <si>
     <t>XODÓ</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/781/anteprojeto_001_xodo_cma_2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/781/anteprojeto_001_xodo_cma_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BOLSA ATLETA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Atos da Mesa Diretora</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/869/ato_da_mesa_diretora_no_06.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/869/ato_da_mesa_diretora_no_06.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO NAS REPARTIÇÕES DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/870/ato_da_mesa_diretora_no_07.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/870/ato_da_mesa_diretora_no_07.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE HORÁRIO DE EXPEDIENTE EXTERNO, NA CÂMARA MUNICIPAL DE ALEGRE, DURANTE OS JOGOS DA SELEÇÃO BRASILEIRA NA COPA DO MUNDO DE FUTEBOL DE 2022.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/866/decreto_no_001.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/866/decreto_no_001.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA MATERNIDADE À SERVIDORA E DÁ OUTRAS PROVIDÊNCIAS [...]</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/865/decreto_no_002.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/865/decreto_no_002.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO PARA CARGO EM COMISSÃO DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/864/decreto_003_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/864/decreto_003_001.pdf</t>
   </si>
   <si>
     <t>REJEITA PARECER DO TRIBUNAL DE CONTAS DO ESTADO ESPÍRITO SANTO E APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/863/decreto_004.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/863/decreto_004.pdf</t>
   </si>
   <si>
     <t>REJEITA PARECER DO TRIBUNAL DE CONTAS DO ESTADO ESPÍRITO SANTO E APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/862/decreto_005_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/862/decreto_005_001.pdf</t>
   </si>
   <si>
     <t>REJEITA PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/861/decreto_legislativo_no_006.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/861/decreto_legislativo_no_006.2022.pdf</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/860/decreto_legislativo_no_007.2022_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/860/decreto_legislativo_no_007.2022_001.pdf</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/859/decreto_legislativo_no_008.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/859/decreto_legislativo_no_008.2022.pdf</t>
   </si>
   <si>
     <t>MANTÉM PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTOE APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE-ES, REFERENTE AO EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>GILMAR MATTOS</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_2022.pdf</t>
   </si>
   <si>
     <t>Indicações encaminhadas pelo Vereador ao longo do ano de 2022.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>MAURÍCIO DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_pra_sessao_2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_pra_sessao_2022.pdf</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>TAIZA GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/738/indicacao_2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/738/indicacao_2022.pdf</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>DUDU</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/747/indi_dudu.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/747/indi_dudu.pdf</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/</t>
+    <t>http://sapl.alegre.es.leg.br/media/</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>FABINHO DO CAMINHÃO</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/749/fabinho_-_oficio.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/749/fabinho_-_oficio.2022.pdf</t>
   </si>
   <si>
     <t>Indicações encaminhadas pelo Vereador ao longo de 2022.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/777/decreto_003.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/777/decreto_003.pdf</t>
   </si>
   <si>
     <t>Rejeita parecer do Tribunal de Contas do Estado do Espírito Santo e aprova as contas da Prefeitura Municipal de Alegre-ES, referente ao exercício de 2013.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/778/dec_004.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/778/dec_004.pdf</t>
   </si>
   <si>
     <t>Rejeita parecer do Tribunal de Contas do Estado do Espírito Santo e aprova as contas da Prefeitura Municipal de Alegre-ES, referente ao exercício de 2014.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/779/decreto_005.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/779/decreto_005.pdf</t>
   </si>
   <si>
     <t>Rejeita parecer do Tribunal de Contas do Estado do Espírito Santo e aprova as contas da Prefeitura Municipal de Alegre-ES, referente ao exercício de 2015.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/857/projeto_de_decreto_legislativo_no008.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/857/projeto_de_decreto_legislativo_no008.pdf</t>
   </si>
   <si>
     <t>MANTÉM PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRES-ES, REFERENTE AO EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>PLCMA</t>
   </si>
   <si>
     <t>Projeto de Lei CMA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/740/projeto_de_lei_001.2022__cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/740/projeto_de_lei_001.2022__cma.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO AGENTE DE COMBATE A ENDEMIAS E AGENTE COMUNITÁRIO DE SAÚDE.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/743/projeto_de_lei_002.2022__cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/743/projeto_de_lei_002.2022__cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO TÍTULO DENOMINADO "SERVIDOR PÚBLICO PADRÃO". VISANDO HOMENAGEAR SERVIDORES E EMPREGADOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>MERÇON</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/744/projeto_de_lei_003.2022__cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/744/projeto_de_lei_003.2022__cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/754/fabinho_-_oficio.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/754/fabinho_-_oficio.2022.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NO DISTRITO DE RIVE, MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/755/projeto_de_lei_no_005.2022_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/755/projeto_de_lei_no_005.2022_cma.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS V E VI DA LEI MUNICIPAL Nº 3.431/2017.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>RENATO VIANA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/764/projeto_de_lei_no_006.22_cma_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/764/projeto_de_lei_no_006.22_cma_001.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO O EVENTO DENOMINADO "TORNEIO MUNICIPAL DE PESCA ESPORTIVA DE ALEGRE"</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA PRESTAÇÃO DE SOCORRO AOS ANIMAIS ATROPELADOS, NO ÂMBITO DO MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/767/projeto_de_lei_no_008.2022_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/767/projeto_de_lei_no_008.2022_cma.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O QUADRO DE PESSOAL COMISSIONADOS DA CÂMARA MUNICIPAL DE ALEGRE/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/782/projeto_de_lei_no_009.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/782/projeto_de_lei_no_009.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL 3.510/18.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/783/projeto_de_lei_no_010.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/783/projeto_de_lei_no_010.2022.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO, MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/814/projeto_de_lei_no_011.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/814/projeto_de_lei_no_011.22.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI 1.862/1990) ISENÇÃO DE IPTU A PORTADORES DE SOENÇAS GRAVES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/815/projeto_de_lei_no_012.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/815/projeto_de_lei_no_012.22.pdf</t>
   </si>
   <si>
     <t>CONCEDE DESCONTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) SOBRE IMÓVEIS INTEGRANTE DO PATRIMÔNIO DE PORTADORES DE DOENÇAS CITADAS NA REFERIDA LEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/816/projeto_de_lei_no_013.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/816/projeto_de_lei_no_013.22.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE CAPTAÇÃO, ARMAZENAMENTO E APROVEITAMENTO DA ÁGUA DA CHUVA NO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/817/projeto_de_lei_no_014.22_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/817/projeto_de_lei_no_014.22_cma.pdf</t>
   </si>
   <si>
     <t>CONSIDERA UTILIDADE PÚBLICA A "ASSOCIAÇÃO DO MOTO CLUBE FILHOS DO REI".</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/825/projeto_de_lei_015.2022_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/825/projeto_de_lei_015.2022_cma.pdf</t>
   </si>
   <si>
     <t>CONSIDERA UTILIDADE PÚBLICA A "ASSOCIAÇÃO DE PRODUTORES DE FLORES DE APARECIDA- APROFA"</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/853/projeto_de_lei_016.2022_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/853/projeto_de_lei_016.2022_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A NÚCLEO URBANO NA SEDE DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/854/projeto_de_lei_017.2022_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/854/projeto_de_lei_017.2022_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/855/projeto_de_lei_018.2022_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/855/projeto_de_lei_018.2022_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOTEAMENTO URBANO NO DISTRITO DO CAFÉ, NESTE MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>ITA POLASTRELI</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/856/projeto_de_lei_no_019.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/856/projeto_de_lei_no_019.2022.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO, NESTE MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/858/projeto_de_lei_no_020.2022_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/858/projeto_de_lei_no_020.2022_cma.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO AOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE ALEGRE-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de lei complementar</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/741/projeto_de_lei_complementar_001.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/741/projeto_de_lei_complementar_001.2022_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 3.582 DE 25 DE MARÇO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/753/proj._de_lei_compl._no_002.2022_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/753/proj._de_lei_compl._no_002.2022_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMA ADMINISTRATIVA E REORGANIZAÇÃO DO QUADRO DE PESSOAL DO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DO MUNICÍPIO DE ALEGRE- IPASMA, AUTARQUIA MUNICIPAL RESPONSÁVEL PELA GESTÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/756/projeto_de_lei_complementar_no_003.2022_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/756/projeto_de_lei_complementar_no_003.2022_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL DE 1988, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/813/proj_de_lei_compl_004.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/813/proj_de_lei_compl_004.22.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO INCISO X NO PARÁGRAFO ÚNICO DO ART. 1º DA LEI COMLEMENTAR Nº 003/2022, QUE ESTABELECE A REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37. INCISO X, DA CONSTITUIÇÃO FEDERAL DE 1988, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/842/projeto_de_lei_compl._005.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/842/projeto_de_lei_compl._005.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO II DO ARTIGO 21 DA LEI COMPLEMENTAR Nº 004, DE 06 DE MAIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/852/projeto_de_lei_compl_006.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/852/projeto_de_lei_compl_006.2022_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 175 DA LEI MUNICIPAL Nº 2.608, 15 DE DEZEMBRO DE 2003, QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/875/projeto_de_lei_complementar_007.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/875/projeto_de_lei_complementar_007.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3.582, DE 25 DE MARÇO DE 2020, PARA ADEQUAR O REQUISITO DE IDADE MÍNIMA DOS AGENTES POLÍTICOS E CARGOS DE PROVIMENTO EM COMISSÃO AOS TERMOS A LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/876/projeto_de_lei_complementar_008.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/876/projeto_de_lei_complementar_008.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3.472, DE 08 DE DEZEMBRO DE 2017, PARA ESTABELECER NOVOS VALORES PARA EMISSÃO DE LICENÇÃS, BEM COMO DE VALORES MÍNIMOS DO PARCELAMENTO DE MULTAS POR INFRAÇÕES AMBIENTAIS OU POR DESCUMPRIMENTO DE CONDICIONANTES, E DÁ OUTRAS ROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/716/011.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/716/011.pdf</t>
   </si>
   <si>
     <t>INSERE O ART. 2º - A- NA LEI MUNICIPAL Nº 3.681/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/726/projeto_002.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/726/projeto_002.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/727/projeto_003.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/727/projeto_003.2022_exe.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA EXPLORAÇÃO DO SERVIÇO PÚBLICO DE TRANSPORTES INDIVIDUAL POR TÁXI NO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/733/projeto_de_leis_004.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/733/projeto_de_leis_004.2022_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONDUÇÃO DE VEÍCULO OFICIAL.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/734/projeto_de_lei_no_005.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/734/projeto_de_lei_no_005.2022_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA DO ANEXO V DA LEI MUNICIPAL Nº 2.927/2008, COM A INCLUSÃO DA REFERÊNCIA XVI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/739/projeto_de_lei_no_006.2022__exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/739/projeto_de_lei_no_006.2022__exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/742/projeto_de_lei_007.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/742/projeto_de_lei_007.2022_exe.pdf</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/745/projeto_de_lei_008.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/745/projeto_de_lei_008.2022_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.249, DE 17 DE ABRIL DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/746/projeto_de_lei_009.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/746/projeto_de_lei_009.2022_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL PARA SEDIAR A SECRETARIA EXECUTIVA DE SAÚDE DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/750/projeto_de_lei_010.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/750/projeto_de_lei_010.2022_exe.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA NOMENCLATURA E DESCRIÇÃO DE ATIVIDADES A CARGOS PÚBLICOS CONSTANTES DA LEI MUNICIPAL Nº 2.927/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/751/projeto_de_lei_011.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/751/projeto_de_lei_011.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 2.999, DE 02 DE ABRIL DE 2009, DISCIPLINANDO OS MEIOS DE PAGAMENTO ADMITIDOS PRA UTILIZAÇÃO DE RECURSOS PROAFEM.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/752/projeto_012.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/752/projeto_012.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI 3.489, DE 23 DE MAIO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/757/projeto_de_lei_no_013_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/757/projeto_de_lei_no_013_exe_001.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI Nº 2.991 DE 18 DE FEVEREIRO DE 2009, E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/758/projeto_de_lei_no_014_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/758/projeto_de_lei_no_014_exe_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE PONTOS DE ÔNIBUS NA SEDE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/759/projeto_de_lei_no_015_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/759/projeto_de_lei_no_015_exe_001.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A CRIAÇÃO DO PROGRAMA "ADOTE UMA PARADA DE ÔNIBUS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/760/projeto_de_lei_no_016_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/760/projeto_de_lei_no_016_exe_001.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 39 DA LEI MUNICIPAL Nº 3.543/2019.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/761/proj._de_lei_no_017.22_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/761/proj._de_lei_no_017.22_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE AS DIRETRIZES ORÇAMNETÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/762/projeto_de_lei_no_018.22_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/762/projeto_de_lei_no_018.22_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO E O REPARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ALEGRE COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, DE QUE TRATA A EMENDA CONSTITUCIONAL Nº 113, DE 08 DE DEZEMBRO DE 2021.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/763/projeto_de_lei_no_019.22_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/763/projeto_de_lei_no_019.22_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO E O REPARCELAMENTO DE DÉBITOS DE MUNICÍPIO DE ALEGRE COM O REGIME GERAL DE PREVIDÊNCIA SOCIAL- RGPS, DE QUE TRATA A EMENDA CONSTITUCIONAL Nº 113, DE 08 DE DEZEMBO DE 2021.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/765/projeto_de_lei_no_020.2022_exe_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/765/projeto_de_lei_no_020.2022_exe_001.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA NOMENCLATURA E DESCRIÇÃO DE ATIVIDADES A CARGOS PÚBLICOS CONSTANTES DA LEI MUNICIPAL Nº 2927/2008 E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/768/projeto_de_lei_no_021.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/768/projeto_de_lei_no_021.2022.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS DE ENGENHEIRO AMBIENTAL E BIÓLOGO, QUE PASSA A FAZER PARTE INTEGRANTE DA RELAÇÃO DE CARGOS APROVADOS PELA LEI MUNICIPAL Nº 2.927/2008 - PLANO DE CARGOS E SALÁRIOS DA ADMINISTRAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/769/projeto_de_lei_no_022.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/769/projeto_de_lei_no_022.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I, QUADRO EFETIVO, DA LEI MUNICIPAL 2.620, DE 08 DE MARÇO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/770/projeto_de_lei_no_023.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/770/projeto_de_lei_no_023.2022.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA MUNICIPAL DE EDUCAÇÃO FISCAL - PMEF NO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/780/projeto_de_lei_no_024._2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/780/projeto_de_lei_no_024._2022_exe.pdf</t>
   </si>
   <si>
     <t>INSERE DISPOSITIVOS NA LEI MUNICIPAL Nº 2.608/2003, QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/784/projeto_de_lei_025.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/784/projeto_de_lei_025.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA ALÍNEA "a" E INCLUI A ALÍNEA "f" NO ART. 40, DA LEI MUNICIPAL Nº 3.277/2013 - QUE CRIA O CONSELHO MUNICIPAL DO PATRIMÔNIO CULTURAL, ESTABELECE NORMAS DE PROTEÇÃO DO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE ALEGRE, CRIA O FUNDO MUNICIPAL DE CULTURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/785/projeto_de_lei_026.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/785/projeto_de_lei_026.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA DO ANEXO IV DA LEI MUNICIPAL Nº 2.894/ 2007, COM A INCLUSÃO DAS REFERÊNCIAS N, O, P, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/786/projeto_de_lei_027.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/786/projeto_de_lei_027.2022.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS DE MÉDICO VETERINÁRIO, GEÓLOGO E TÉCNICO DE SEGURANÇA DO TRABALHO QUE PASSAM A FAZER PARTE INTEGRANTE DA RELAÇÃO DE CARGOS APROVADOS PELA LEI MUNICIPAL Nº 2.927/2008 -  PLANO DE CARGOS E SALÁRIOS DA ADMINISTRAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/787/projeto_de_lei_no_028.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/787/projeto_de_lei_no_028.2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE ALEGRE/ES A CELEBRAR CONVÊNIO COM O COMANDO DO EXÉRCITO POR INTERMÉDIO DA 1ª REGIÃO MILITAR (TIRO DE GUERRA 01- 005), E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/788/projeto_de_lei_no_029.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/788/projeto_de_lei_no_029.2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL PARA SEDIAR A SECRETARIA EXECUTIVA DE EDUCAÇÃO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ARQUIVO PÚBLICO MUNICIPAL DE ALEGRE/ES, DEFINE AS DIRETRIZES DA POLÍTICA MUNICIPAL DE ARQUIVOS PÚBLICOS E PRIVADOS E CRIA O SISTEMA MUNICIPAL DE ARQUIVOS - SISMARQ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_de_lei_no_031.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_de_lei_no_031.2022.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE CUIDADOR PARA ESTUDANTES COM DEFICIÊNCIA, QUE PASSA A FAZER PARTE INTEGRANTE DA RELAÇÃO DE CARGOS APROVADOS PELA LEI MUNICIPAL Nº 3.049/2009 - PLANO DE CARGOS E SALÁRIOS DO MAGISTÉRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/791/projeto_de_lei_no_032.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/791/projeto_de_lei_no_032.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 1º E 3º DA LEI MUNICIPAL Nº 3.427/2017, QUE AUTORIZA O PODER EXECUTIVO A REALIZAR EVENTOS DE INTERESSE PÚBLICO EM FESTAS REGIONAIS DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/811/projeto_de_lei_no_033.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/811/projeto_de_lei_no_033.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SISTEMAS, MECANISMOS E INCENTIVOS À ATIVIDADE TECNOLÓGICA E DE INOVAÇÃO, VISANDO O DESENVOLVIMENTO ECONÔMICO DO MUNICÍPIO DE ALEGRE/ ES.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/812/projeto_de_lei_no_034.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/812/projeto_de_lei_no_034.22.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DE ARTIGOS E O ANEXO I DA LEI MUNICIPAL Nº 3.441/ 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/818/projeto_de_lei_no_035.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/818/projeto_de_lei_no_035.22.pdf</t>
   </si>
   <si>
     <t>ELEVA PARA 02 O QUANTITATIVO DE VAGAS PARA CONTRATAÇÃO PARA CARGO DE NUTRICIONISTA, AUTORIZADA PELA LEI MUNICIPAL Nº 3.058/2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/819/projeto_de_lei_no_036.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/819/projeto_de_lei_no_036.22.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REGRAS DE COVIVÊNCIA PARA O BAIRRO GUARAREMA- ALEGRES-ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/820/projeto_de_lei_no_037.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/820/projeto_de_lei_no_037.22.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA BARRAGINHAS E OUTRAS TÉCNICAS PARA RECUPERAÇÃO E PRENIZAÇÃO HÍDRICA, NO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/821/projeto_de_lei_no_038.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/821/projeto_de_lei_no_038.22.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS RIREITOS DA PESSOA COM DEFICIÊNCIA DO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/822/projeto_de_lei_no_039.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/822/projeto_de_lei_no_039.22.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABSORVER TRECHO RODOVIÁRIO ESTADUAL URBANO, QUE É DE RESPONSABILIDADE DO DEPARTAMENTO DE EDIFICAÇÕES E DE RODOVIAS DO ESTADO DO ESPÍRITO SANTO- DER-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/823/projeto_de_lei_040.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/823/projeto_de_lei_040.2022_exe.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BOLSA ATLETA ALEGRENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/824/projeto_de_lei_041.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/824/projeto_de_lei_041.2022_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CESSÃO DE USO DE BENS MÓVEIS À ASSOCIAÇÕES MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/826/projeto_de_lei_042.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/826/projeto_de_lei_042.2022_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.369 DE 17 DE MARÇO DE 1998, PARA ESTABELECER CRITÉRIOS TÉCNICOS PARA PROVIMENTO DE CARGOS OU FUNÇÕES DE GESTOR ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/827/projeto_de_lei_043.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/827/projeto_de_lei_043.2022_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/828/projeto_de_lei_044.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/828/projeto_de_lei_044.2022_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DO PLANO PLURIANAL DO QUADRIÊNIO 2022-2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/829/projeto_de_lei_045.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/829/projeto_de_lei_045.2022_exe.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE ALEGRE PARA O EXERCÍCIO FINANCEIRO DE 2023, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/843/projeto_de_lei_046.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/843/projeto_de_lei_046.22.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO 03D, DO ANEXO III DA LEI Nº 2.980/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/844/projeto_de_lei_047.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/844/projeto_de_lei_047.22.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 5º DA LEI MUNICIPAL N° 3.232/2012, QUE REGULAMENTA O INSTRUMENTO URBANÍSTICO DA OUTORGA ONEROSA DO DIREITO DE CONSTRUIR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/845/projeto_de_lei_no_048.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/845/projeto_de_lei_no_048.2022.pdf</t>
   </si>
   <si>
     <t>ALTERA E INSERE DISPOSITIVOS NA LEI MUNICIPAL Nº 3.277/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/846/projeto_de_lei_no_049.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/846/projeto_de_lei_no_049.2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABSORVER TRECHO RODOVIÁRIO ESTADUAL URBANO, QUE É DE RESPONSABILIDADE DO DEPARTAMENTO DE EDIFICAÇÕES E RODOVIAS DO ESTADO DO ESPÍRITO SANTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/847/projeto_de_lei_no_050.2022_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/847/projeto_de_lei_no_050.2022_001.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A DESTINAÇÃO E RECEBIMENTO DE PATROCÍNIO PELO PODER PÚBLICO A EVENTOS REALIZADOS NO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/848/projeto_de_lei_no_051.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/848/projeto_de_lei_no_051.2022.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/849/projeto_de_lei_no_052.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/849/projeto_de_lei_no_052.2022.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO III DO ART. 2º DA LEI MUNICIPAL Nº 3.659/2021 QUE DISPÕES SOBRE A CESSÃO DE SERVIDORES PÚBLICOS DA ADMINISTAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE ALEGRE-ES PARA OUTROS ÓRGÃOS OU ENTIDADES PÚBLICAS E PRIVADAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/850/projeto_de_lei_no_053.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/850/projeto_de_lei_no_053.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GARANTIA DOS SERVIDORES PÚBLICOS MUNICIPAIS À PREVENÇÃO DOS RISCOS DECORRENTES DO TRABALHO E À PROMOÇÃO DOS RISCOS DECORRENTES DO TRABALHO E À PROMOÇÃO DA SAÚDE, DA PREFEITURA MUNICIPAL DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/851/projeto_de_lei_054.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/851/projeto_de_lei_054.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE BONIFICAÇÃO EXTRAORDINÁRIA AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/867/projeto_de_lei_no_055.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/867/projeto_de_lei_no_055.22.pdf</t>
   </si>
   <si>
     <t>REVOGA NA TOTALIDADE A LEI MUNICIPAL Nº 2.869 DE 24 DE SETEMBRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/868/projeto_de_lei_no_056.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/868/projeto_de_lei_no_056.22.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2,369/1998 ACRESCENTADO O PARÁGRAFO ÚNICO AO ARTIGO 55, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/871/projeto_de_lei_no_057.22.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/871/projeto_de_lei_no_057.22.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 3.746, DE 07 DE DEZEMBRO DE 2022, DISCIPLINANDO SOBRE BONIFICAÇÃO DIFERENCIADA AOS PROFISSIONAIS DA EDUCAÇÃO DA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/872/projeto_de_lei_058.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/872/projeto_de_lei_058.2022.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS TEMPORÁRIOS DE COORDENADOR TÉCNICO PEDAGÓGICO E MONITOR, PARA ATENDER O PROGRAMA "SELEÇÕES DO FUTURO", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/873/projeto_de_lei_059.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/873/projeto_de_lei_059.2022.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS MUNICIPAIS NºS 3.294/2013 E 3.712/2022, ESTABELECE, NO ÂMBITO DO MUNICÍPIO DE ALEGRE, O CÓDIGO MUNICIPAL DE BEM-ESTAR ANIMAL, DETERMINANDO AS SANÇÕES E PENALIDADES ADMINISTRATIVAS PARA AQUELES QUE PRATICAREM MAUS-TRATOS AOS ANIMAIS, CRIA O CONSELHO MUNICIPAL E PROTEÇÃO E DEFESA DOS ANIMAIS E O FUNDO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS PARA O BEM-ESTAR ANIMAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/874/projeto_de_lei_060.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/874/projeto_de_lei_060.2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER A DIFERENÇA DO PISO SALARIAL NACIONAL PROFISSIONAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DE ALEGRE, PROMOVENDO A REVISÃO DO ANEXO I DA LEI Nº 3.049/2009, PARA OS ANOS DE 2013 E 2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/731/projeto_de_resolucao_no_001.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/731/projeto_de_resolucao_no_001.2022.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ART. 11- A E ALTERA A REDAÇÃO DO ART. 16 DA RESOLUÇÃO LEGISLATIVA Nº 017/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/732/projeto_de_resolucao_no_002.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/732/projeto_de_resolucao_no_002.2022.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORIA DA CÂMARA MUNICIPAL DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/792/projeto_de_resolucao_003.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/792/projeto_de_resolucao_003.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA DAMARIS GUIMARÃES, O TÍTULO DE "CIDADÃ ALEGRENSE".</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/793/projeto_de_resolucao_004.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/793/projeto_de_resolucao_004.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA SORAYA DE SOUZA MANNATO, O TÍTULO DE "CIDADÃ ALEGRENSE".</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/794/projeto_de_resolucao_005.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/794/projeto_de_resolucao_005.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR EDUARDO RAMOS DE OLIVEIRA, O TÍTULO DE "CIDADÃO ALEGRENSE".</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/795/projeto_de_resolucao_006.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/795/projeto_de_resolucao_006.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR FRANCESCO CINNANTE JÚNIOR, O TÍTULO DE "CIDADÃO ALEGRENSE".</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/796/projeto_de_resolucao_007.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/796/projeto_de_resolucao_007.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA RITA DE CÁSSIA SIRIANO MASCARENHAS, O TÍTULO DE "CIDADÃ ALEGRENSE".</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/797/projeto_de_resolucao_008.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/797/projeto_de_resolucao_008.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA LUCIANA FONTE BOA LÚCIO JANNOTI, O TÍTULO DE "CIDADÃ ALEGRENSE".</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>ROMAR AZEVEDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/798/projeto_de_resolucao_009.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/798/projeto_de_resolucao_009.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MIRIAN ALVES DA SILVA SANTOS, O TÍTULO DE "CIDADÃ ALEGRENSE".</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA VALÉRIA GOMES ROGAI, O TÍTULO DE "CIDADÃ ALEGRENSE".</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>CLÁUDIO SOBREIRA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/800/projeto_de_resolucao_011.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/800/projeto_de_resolucao_011.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR JOÃO GUSTAVO FERREIRA RIBEIRO, O TÍTULO DE "CIDADÃO ALEGRENSE".</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>TOTOCA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/801/projeto_de_resolucao_012.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/801/projeto_de_resolucao_012.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA GRAZIELA FERREIRA DA SILVA, O TÍTULO DE "CIDADÃ ALEGRENSE".</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/802/projeto_de_resolucao_013.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/802/projeto_de_resolucao_013.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA BRUNO LAMAS SILVA, O TÍTULO DE "CIDADÃO ALEGRENSE".</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>WILLIAN BESTETE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/803/projeto_de_resolucao_014.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/803/projeto_de_resolucao_014.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR ALESSANDRO LOPES ARAÚJO, O TÍTULO DE "CIDADÃO ALEGRENSE".</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/804/projeto_de_resolucao_015.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/804/projeto_de_resolucao_015.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR THIAGO DUARTE VENÊNCIO, O TÍTULO DE HONRA AO MÉRITO "ALEGRENSE AUSENTE".</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/805/projeto_de_resolucao_016.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/805/projeto_de_resolucao_016.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR JERLE JOE PEIXOTO, O TÍTULO DE HONRA AO MÉRITO "MONSENHOR BATISTA PAVESI".</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/806/projeto_de_resolucao_017.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/806/projeto_de_resolucao_017.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR JOSÉ CARLOS BRAVO ALVAREZ JÚNIOR, O TÍTULO DE HONRA AO MÉRITO "ELIAS SIMÃO".</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/807/projeto_de_resolucao_018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/807/projeto_de_resolucao_018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR RAFAEL PIRES DE AZEVEDO, O TÍTULO DE HONRA AO MÉRITO "MONSENHOR JOSÉ BELLOTTI".</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/808/projeto_de_resolucao_019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/808/projeto_de_resolucao_019.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR WESLEY ASSIS DE OLIVEIRA, O TÍTULO DE HONRA AO MÉRITO "AMIGO DE ALEGRE".</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/809/projeto_de_resolucao_020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/809/projeto_de_resolucao_020.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR JOSINO GUALBERTO DA ROSA NETTO, O TÍTULO DE "CIDADÃO BENEMÉRITO".</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/810/projeto_de_resolucao_021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/810/projeto_de_resolucao_021.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR OZÉIAS CELESTINO DOS SANTOS , O TÍTULO DE HONRA AO MÉRITO "PASTOR FRANCISCO COLARES".</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/830/projeto_de_resolucao_022.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/830/projeto_de_resolucao_022.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR ELIZANDRO FERNANDES, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/831/projeto_de_resolucao_023.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/831/projeto_de_resolucao_023.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHORA ALICE APARECIDA FARIA DE ASSIS, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/832/projeto_de_resolucao_024.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/832/projeto_de_resolucao_024.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA DAYANNA POLASTRELI PEDROZA , O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/833/projeto_de_resolucao_025.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/833/projeto_de_resolucao_025.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA DELMA ARAÚJO LOPES, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/834/projeto_de_resolucao_026.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/834/projeto_de_resolucao_026.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA LAUREANE MACHADO PRATA MÓDOLO, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/835/projeto_de_resolucao_027.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/835/projeto_de_resolucao_027.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MARIA LÚCIA PENA DA PASCHOA, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/836/projeto_de_resolucao_028.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/836/projeto_de_resolucao_028.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MICHELY LEAL POLASTRELI REZENDE, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/837/projeto_de_resolucao_029.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/837/projeto_de_resolucao_029.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA TATYANNA ROGAE FURTADO, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/838/projeto_de_resolucao_030.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/838/projeto_de_resolucao_030.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MARIA CONCEIÇÃO SALARDANI, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/839/projeto_de_resolucao_031.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/839/projeto_de_resolucao_031.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ANA PAULA TORRES DE SOUZA, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/840/projeto_de_resolucao_032.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/840/projeto_de_resolucao_032.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR JOÃO PAULO BESTETE DE OLIVEIRA, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/841/projeto_de_resolucao_033.2022_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/841/projeto_de_resolucao_033.2022_exe.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MARIA DA PENHA MASSINI, O TÍTULO DE "EDUCADOR EMÉRITO".</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofícios Expedidos 2022</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/717/claudio_sobreira._2023.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/717/claudio_sobreira._2023.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pelo Vereador ao longo do ano de 2022.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/718/dudu_-_oficio.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/718/dudu_-_oficio.2022.pdf</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/719/fabinho_-_oficio.2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/719/fabinho_-_oficio.2022.pdf</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/720/gilmar_silva_de_mattos_-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/720/gilmar_silva_de_mattos_-_of._2022.pdf</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/721/ita_-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/721/ita_-_of._2022.pdf</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/722/mauricio._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/722/mauricio._2022.pdf</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/723/taiza_-_of._2022_-_original.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/723/taiza_-_of._2022_-_original.pdf</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/724/totoca_-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/724/totoca_-_of._2022.pdf</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/725/willian_-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/725/willian_-_of._2022.pdf</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/728/mercon_1-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/728/mercon_1-_of._2022.pdf</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/729/romar_-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/729/romar_-_of._2022.pdf</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/730/xodo_-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/730/xodo_-_of._2022.pdf</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/735/renato_-_of._2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/735/renato_-_of._2022.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1998,68 +1998,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/781/anteprojeto_001_xodo_cma_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/869/ato_da_mesa_diretora_no_06.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/870/ato_da_mesa_diretora_no_07.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/866/decreto_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/865/decreto_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/864/decreto_003_001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/863/decreto_004.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/862/decreto_005_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/861/decreto_legislativo_no_006.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/860/decreto_legislativo_no_007.2022_001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/859/decreto_legislativo_no_008.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_pra_sessao_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/738/indicacao_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/747/indi_dudu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/749/fabinho_-_oficio.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/777/decreto_003.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/778/dec_004.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/779/decreto_005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/857/projeto_de_decreto_legislativo_no008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/740/projeto_de_lei_001.2022__cma.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/743/projeto_de_lei_002.2022__cma.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/744/projeto_de_lei_003.2022__cma.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/754/fabinho_-_oficio.2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/755/projeto_de_lei_no_005.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/764/projeto_de_lei_no_006.22_cma_001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/767/projeto_de_lei_no_008.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/782/projeto_de_lei_no_009.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/783/projeto_de_lei_no_010.2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/814/projeto_de_lei_no_011.22.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/815/projeto_de_lei_no_012.22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/816/projeto_de_lei_no_013.22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/817/projeto_de_lei_no_014.22_cma.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/825/projeto_de_lei_015.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/853/projeto_de_lei_016.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/854/projeto_de_lei_017.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/855/projeto_de_lei_018.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/856/projeto_de_lei_no_019.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/858/projeto_de_lei_no_020.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/741/projeto_de_lei_complementar_001.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/753/proj._de_lei_compl._no_002.2022_001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/756/projeto_de_lei_complementar_no_003.2022_001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/813/proj_de_lei_compl_004.22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/842/projeto_de_lei_compl._005.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/852/projeto_de_lei_compl_006.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/875/projeto_de_lei_complementar_007.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/876/projeto_de_lei_complementar_008.2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/716/011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/726/projeto_002.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/727/projeto_003.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/733/projeto_de_leis_004.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/734/projeto_de_lei_no_005.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/739/projeto_de_lei_no_006.2022__exe.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/742/projeto_de_lei_007.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/745/projeto_de_lei_008.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/746/projeto_de_lei_009.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/750/projeto_de_lei_010.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/751/projeto_de_lei_011.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/752/projeto_012.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/757/projeto_de_lei_no_013_exe_001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/758/projeto_de_lei_no_014_exe_001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/759/projeto_de_lei_no_015_exe_001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/760/projeto_de_lei_no_016_exe_001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/761/proj._de_lei_no_017.22_exe.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/762/projeto_de_lei_no_018.22_exe.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/763/projeto_de_lei_no_019.22_exe.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/765/projeto_de_lei_no_020.2022_exe_001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/768/projeto_de_lei_no_021.2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/769/projeto_de_lei_no_022.2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/770/projeto_de_lei_no_023.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/780/projeto_de_lei_no_024._2022_exe.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/784/projeto_de_lei_025.2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/785/projeto_de_lei_026.2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/786/projeto_de_lei_027.2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/787/projeto_de_lei_no_028.2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/788/projeto_de_lei_no_029.2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_de_lei_no_031.2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/791/projeto_de_lei_no_032.2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/811/projeto_de_lei_no_033.2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/812/projeto_de_lei_no_034.22.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/818/projeto_de_lei_no_035.22.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/819/projeto_de_lei_no_036.22.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/820/projeto_de_lei_no_037.22.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/821/projeto_de_lei_no_038.22.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/822/projeto_de_lei_no_039.22.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/823/projeto_de_lei_040.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/824/projeto_de_lei_041.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/826/projeto_de_lei_042.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/827/projeto_de_lei_043.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/828/projeto_de_lei_044.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/829/projeto_de_lei_045.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/843/projeto_de_lei_046.22.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/844/projeto_de_lei_047.22.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/845/projeto_de_lei_no_048.2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/846/projeto_de_lei_no_049.2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/847/projeto_de_lei_no_050.2022_001.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/848/projeto_de_lei_no_051.2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/849/projeto_de_lei_no_052.2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/850/projeto_de_lei_no_053.2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/851/projeto_de_lei_054.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/867/projeto_de_lei_no_055.22.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/868/projeto_de_lei_no_056.22.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/871/projeto_de_lei_no_057.22.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/872/projeto_de_lei_058.2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/873/projeto_de_lei_059.2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/874/projeto_de_lei_060.2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/731/projeto_de_resolucao_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/732/projeto_de_resolucao_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/792/projeto_de_resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/793/projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/794/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/795/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/796/projeto_de_resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/797/projeto_de_resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/798/projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/800/projeto_de_resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/801/projeto_de_resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/802/projeto_de_resolucao_013.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/803/projeto_de_resolucao_014.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/804/projeto_de_resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/805/projeto_de_resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/806/projeto_de_resolucao_017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/807/projeto_de_resolucao_018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/808/projeto_de_resolucao_019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/809/projeto_de_resolucao_020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/810/projeto_de_resolucao_021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/830/projeto_de_resolucao_022.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/831/projeto_de_resolucao_023.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/832/projeto_de_resolucao_024.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/833/projeto_de_resolucao_025.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/834/projeto_de_resolucao_026.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/835/projeto_de_resolucao_027.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/836/projeto_de_resolucao_028.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/837/projeto_de_resolucao_029.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/838/projeto_de_resolucao_030.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/839/projeto_de_resolucao_031.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/840/projeto_de_resolucao_032.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/841/projeto_de_resolucao_033.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/717/claudio_sobreira._2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/718/dudu_-_oficio.2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/719/fabinho_-_oficio.2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/720/gilmar_silva_de_mattos_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/721/ita_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/722/mauricio._2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/723/taiza_-_of._2022_-_original.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/724/totoca_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/725/willian_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/728/mercon_1-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/729/romar_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/730/xodo_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/735/renato_-_of._2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/781/anteprojeto_001_xodo_cma_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/869/ato_da_mesa_diretora_no_06.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/870/ato_da_mesa_diretora_no_07.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/866/decreto_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/865/decreto_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/864/decreto_003_001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/863/decreto_004.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/862/decreto_005_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/861/decreto_legislativo_no_006.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/860/decreto_legislativo_no_007.2022_001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/859/decreto_legislativo_no_008.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_pra_sessao_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/738/indicacao_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/747/indi_dudu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/749/fabinho_-_oficio.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/777/decreto_003.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/778/dec_004.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/779/decreto_005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/857/projeto_de_decreto_legislativo_no008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/740/projeto_de_lei_001.2022__cma.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/743/projeto_de_lei_002.2022__cma.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/744/projeto_de_lei_003.2022__cma.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/754/fabinho_-_oficio.2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/755/projeto_de_lei_no_005.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/764/projeto_de_lei_no_006.22_cma_001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/767/projeto_de_lei_no_008.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/782/projeto_de_lei_no_009.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/783/projeto_de_lei_no_010.2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/814/projeto_de_lei_no_011.22.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/815/projeto_de_lei_no_012.22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/816/projeto_de_lei_no_013.22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/817/projeto_de_lei_no_014.22_cma.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/825/projeto_de_lei_015.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/853/projeto_de_lei_016.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/854/projeto_de_lei_017.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/855/projeto_de_lei_018.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/856/projeto_de_lei_no_019.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/858/projeto_de_lei_no_020.2022_cma.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/741/projeto_de_lei_complementar_001.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/753/proj._de_lei_compl._no_002.2022_001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/756/projeto_de_lei_complementar_no_003.2022_001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/813/proj_de_lei_compl_004.22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/842/projeto_de_lei_compl._005.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/852/projeto_de_lei_compl_006.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/875/projeto_de_lei_complementar_007.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/876/projeto_de_lei_complementar_008.2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/716/011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/726/projeto_002.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/727/projeto_003.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/733/projeto_de_leis_004.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/734/projeto_de_lei_no_005.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/739/projeto_de_lei_no_006.2022__exe.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/742/projeto_de_lei_007.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/745/projeto_de_lei_008.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/746/projeto_de_lei_009.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/750/projeto_de_lei_010.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/751/projeto_de_lei_011.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/752/projeto_012.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/757/projeto_de_lei_no_013_exe_001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/758/projeto_de_lei_no_014_exe_001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/759/projeto_de_lei_no_015_exe_001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/760/projeto_de_lei_no_016_exe_001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/761/proj._de_lei_no_017.22_exe.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/762/projeto_de_lei_no_018.22_exe.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/763/projeto_de_lei_no_019.22_exe.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/765/projeto_de_lei_no_020.2022_exe_001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/768/projeto_de_lei_no_021.2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/769/projeto_de_lei_no_022.2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/770/projeto_de_lei_no_023.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/780/projeto_de_lei_no_024._2022_exe.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/784/projeto_de_lei_025.2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/785/projeto_de_lei_026.2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/786/projeto_de_lei_027.2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/787/projeto_de_lei_no_028.2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/788/projeto_de_lei_no_029.2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_de_lei_no_031.2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/791/projeto_de_lei_no_032.2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/811/projeto_de_lei_no_033.2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/812/projeto_de_lei_no_034.22.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/818/projeto_de_lei_no_035.22.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/819/projeto_de_lei_no_036.22.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/820/projeto_de_lei_no_037.22.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/821/projeto_de_lei_no_038.22.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/822/projeto_de_lei_no_039.22.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/823/projeto_de_lei_040.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/824/projeto_de_lei_041.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/826/projeto_de_lei_042.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/827/projeto_de_lei_043.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/828/projeto_de_lei_044.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/829/projeto_de_lei_045.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/843/projeto_de_lei_046.22.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/844/projeto_de_lei_047.22.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/845/projeto_de_lei_no_048.2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/846/projeto_de_lei_no_049.2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/847/projeto_de_lei_no_050.2022_001.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/848/projeto_de_lei_no_051.2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/849/projeto_de_lei_no_052.2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/850/projeto_de_lei_no_053.2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/851/projeto_de_lei_054.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/867/projeto_de_lei_no_055.22.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/868/projeto_de_lei_no_056.22.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/871/projeto_de_lei_no_057.22.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/872/projeto_de_lei_058.2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/873/projeto_de_lei_059.2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/874/projeto_de_lei_060.2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/731/projeto_de_resolucao_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/732/projeto_de_resolucao_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/792/projeto_de_resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/793/projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/794/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/795/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/796/projeto_de_resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/797/projeto_de_resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/798/projeto_de_resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/800/projeto_de_resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/801/projeto_de_resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/802/projeto_de_resolucao_013.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/803/projeto_de_resolucao_014.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/804/projeto_de_resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/805/projeto_de_resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/806/projeto_de_resolucao_017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/807/projeto_de_resolucao_018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/808/projeto_de_resolucao_019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/809/projeto_de_resolucao_020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/810/projeto_de_resolucao_021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/830/projeto_de_resolucao_022.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/831/projeto_de_resolucao_023.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/832/projeto_de_resolucao_024.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/833/projeto_de_resolucao_025.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/834/projeto_de_resolucao_026.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/835/projeto_de_resolucao_027.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/836/projeto_de_resolucao_028.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/837/projeto_de_resolucao_029.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/838/projeto_de_resolucao_030.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/839/projeto_de_resolucao_031.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/840/projeto_de_resolucao_032.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/841/projeto_de_resolucao_033.2022_exe.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/717/claudio_sobreira._2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/718/dudu_-_oficio.2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/719/fabinho_-_oficio.2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/720/gilmar_silva_de_mattos_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/721/ita_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/722/mauricio._2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/723/taiza_-_of._2022_-_original.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/724/totoca_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/725/willian_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/728/mercon_1-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/729/romar_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/730/xodo_-_of._2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2022/735/renato_-_of._2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>