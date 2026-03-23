--- v0 (2026-01-30)
+++ v1 (2026-03-23)
@@ -54,1671 +54,1671 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APJ</t>
   </si>
   <si>
     <t>Anteprojeto</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/476/anteprojeto_1_mesa_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/476/anteprojeto_1_mesa_cma_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE SEGURANÇA DE BARRAGENS (PMSB) NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>XODÓ</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/477/anteprojeto_2_xodo_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/477/anteprojeto_2_xodo_cma_2021.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE VAGAS DE ESTACIONAMENTO ESPECÍFICAS PARA O TRANSPORTE ESCOLAR NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DUDU</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/483/projeto_006.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/483/projeto_006.2021_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA DE INCENTIVO AO DESENVOLVIMENTO ECONÔMICO DO MUNICÍPIO DE ALEGRE E CRIA O PROGRAMA MUNICIPAL DE DIVERSIFICAÇÃO DA MATRIZ PRODUTIVA – DIVERSIFICAR</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/556/anteprojeto__prefeito_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/556/anteprojeto__prefeito_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENSÃO DA COBRANÇA DE TAXAS DOS PRESTADORES DE SERVIÇOS (AUTÔNOMOS), PROFISSIONAIS LIBERAIS, PERMISSIONÁRIO DE TÁXIS E TRANPORTADORES ESCOLARES ESTABELECIDOS NO MUNICÍPIO DE ALEGRE/ES, ENQUANTO PERDURAREM AS MEDIDAS PARA ENFRENTAMENTO DA EMERGÊNCIA DE SAÚDE PÚBLICA DECORRENTE DO CORANAVÍRUS (COVID-19), EDÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>TAIZA GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/557/anteprojeto_003_taiza_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/557/anteprojeto_003_taiza_cma_2021.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O MÊS MAIO LARANJA DEDICADO À REALIZAÇÃO DE AÇÕES VOLTADAS AO COMBATE AO ABUSO E À EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>FABINHO DO CAMINHÃO</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/558/anteprojeto_004_fabio_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/558/anteprojeto_004_fabio_cma_2021.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE CONTROLE DE ENDEMIAS VINCULADOS ÀS EQUIPES DE SAÚDE DA FAMÍLIA, INCENTIVO FINANCEIRO ADICIONAL E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/559/anteprojeto_005_taiza_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/559/anteprojeto_005_taiza_cma_2021.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A EMISSÃO DE CARTEIRA ESTUDANTIL PARA ALUNOS DA REDE MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/560/anteprojeto_006_xodo_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/560/anteprojeto_006_xodo_cma_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE AÇÕES PREVENTIVAS À DEPRESSÃO EM ADOLESCENTES NAS ESCOLAS.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/561/anteprojeto_007_xodo_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/561/anteprojeto_007_xodo_cma_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS DA ORIENTAÇÃO PRO-FISSIONAL PARA O PRIMEIRO EMPREGO NAS ESCOLAS PÚBLICAS MUNICIPAIS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/562/anteprojeto_008_xodo_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/562/anteprojeto_008_xodo_cma_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE ASSISTÊNCIA MÉ-DICA E PSICOLÓGICA AOS PROFISSIONAIS DA EDUCAÇÃO E SAÚDE DA REDE PÚBLICA DO MUNICÍPIO PORTADORES DA SÍNDROME DE BURNOUT E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/563/anteprojeto_009_taiza_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/563/anteprojeto_009_taiza_cma_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PARCERIAS PÚBLICO- PRIVADAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/626/anteprojeto_010__taiza_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/626/anteprojeto_010__taiza_cma_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO “EMPRESA AMIGA DO JOVEM E DO ADOLESCENTE” NO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/627/anteprojeto_011_taiza_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/627/anteprojeto_011_taiza_cma_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PRINCÍPIOS E DIRETRIZES PARA ELABORAÇÃO E IMPLEMENTAÇÃO DAS POLÍTICAS PÚBLICAS NA PRIMEIRA INFÂNCIA NO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/628/anteprojeto_012_xodo_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/628/anteprojeto_012_xodo_cma_2021.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 57-A À LEI MUNICIPAL Nº 1.963/1992.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/1031/anteprojeto_014_fabio_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/1031/anteprojeto_014_fabio_cma_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO, NO ÂMBITO DO MUNICÍPIO DE ALEGRE-ES DA AÇÃO DE CIDADANIA DENOMINADA "PRAÇA PARA TODOS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/1032/anteprojeto_015_fabio_cma_2021_horta_comunitaria.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/1032/anteprojeto_015_fabio_cma_2021_horta_comunitaria.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA HORTA COMUNITÁRIA URBANA NO MUNICÍPIO DE BLUMENAU E DETERMINA PROVIDÊNCIAS CONEXAS.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Atos da Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/604/ato_da_mesa_diretora__01.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/604/ato_da_mesa_diretora__01.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Ponto Facultativo nas repartições da Câmara Municipal de Alegre-ES.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/605/ato_da_mesa_diretora__02.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/605/ato_da_mesa_diretora__02.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre suspensão de reunião ordinária, considerando os termos ao Decreto nº 4848-R, de 26 de março de 2021, do Governo do Estado do Espírito Santo.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/606/ato_da_mesa_diretora__03.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/606/ato_da_mesa_diretora__03.2021.pdf</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/607/ato_da_mesa_diretora__04.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/607/ato_da_mesa_diretora__04.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre suspensão da sessão ordinária, da Câmara Municipal de Alegre-ES, do dia 13 de abril de 2021.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/608/ato_da_mesa_diretora__05.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/608/ato_da_mesa_diretora__05.2021.pdf</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/675/ato_006._2021_ponto_facultativo.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/675/ato_006._2021_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Ponto Facultativo nas repartições da Câmara Municipal de Alegre-ES</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/692/ato_007._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/692/ato_007._2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Ponto Facultativo nas repartiçoes da Câmara Municipal de Alegre-ES.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/694/ato_008._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/694/ato_008._2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO NAS REPARTIÇÕES DA CÂMARA MUNICIPAL DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/609/decreto_01.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/609/decreto_01.2021_cma.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação para cargo em comissão da Câmara Municipal de Alegre-ES.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/610/decreto_02.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/610/decreto_02.2021_cma.pdf</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_026.2021_mauricio.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_026.2021_mauricio.pdf</t>
   </si>
   <si>
     <t>Que através do Governo do Estado proceda o pedido de casas populares para o município de Alegre.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_para_sessao_-_dudu_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_para_sessao_-_dudu_2021.pdf</t>
   </si>
   <si>
     <t>Indicações encaminhadas pelo Vereador ao longo do ano de 2021.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_para_sessao_-_xodo_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_para_sessao_-_xodo_2021.pdf</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_2022.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_2022.pdf</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>GILMAR MATTOS</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_p__mesa_e_prefeito_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_p__mesa_e_prefeito_2021.pdf</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>MAURÍCIO DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_pra_sessao_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_pra_sessao_2021.pdf</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_para_sessao_-_taiza_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_para_sessao_-_taiza_2021.pdf</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>PRT</t>
   </si>
   <si>
     <t>Portaria Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/611/portaria_01.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/611/portaria_01.2021.pdf</t>
   </si>
   <si>
     <t>Nomeia Servidor para a Função de Chefe de Tesouraria da Câmara Municipal de Alegre, e dá outras providências.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/689/portaria_002.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/689/portaria_002.2021.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBRO DA COMISSÃO PERMANENTE DE LICITAÇÃO DA CÂMARA MUNICIPAL DE ALEGRE - ES.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/690/portaria_003.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/690/portaria_003.2021.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS PARA COMISSÃO TÉCNICA DE EVOLUÇÃO FUNCIONAL DE AVALIAÇÃO DE DESEMPENHO DA CÂMARA MUNICIPAL DE ALEGRE - ES.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/691/portaria_004.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/691/portaria_004.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NOMEAÇÃO DE COMISSÃO ESPECIAL PARA VERIFICAÇÃO DO PATRIMÔNIO DA CÂMARA MUNICIPAL DE ALEGRE - ES.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>PLCMA</t>
   </si>
   <si>
     <t>Projeto de Lei CMA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/444/projeto_001.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/444/projeto_001.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ANEXO IX DA LEI MUNICIPAL Nº 3.431/2017</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/466/projeto_002.2021cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/466/projeto_002.2021cma.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A “AMPROCAFÉ”</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/</t>
+    <t>http://sapl.alegre.es.leg.br/media/</t>
   </si>
   <si>
     <t>Retirado pelos autores - matéria objeto das leis 2.608/2003, 2.682/2005 e 3.472/2017</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/479/projeto_004.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/479/projeto_004.2021_cma.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INSTALAÇÃO DE POSTES DE MADEIRA PARA REDE ELÉTRICA, TELEFONIA E INTERNET E ESTABELECE PRAZO PARA SUA TROCA  NO MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/480/projeto_005.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/480/projeto_005.2021_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA CONTRATAÇÃO PELAS EMPRESAS ESTABELECIDAS NESTE MUNICÍPIO, DE SERVIÇOS DE ENTREGAS E AFINS, DO TIPO MOTO SERVICE, POR USUÁRIOS/PROPRIETÁRIOS DE MOTOCICLETAS COM ESCAPAMENTOS ADULTERADOS</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/481/projeto_006.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/481/projeto_006.2021_cma.pdf</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/482/projeto_007.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/482/projeto_007.2021_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO À INFORMAÇÃO, TRANSPARÊNCIA E PUBLICIDADE NA CAMPANHA DE VACINAÇÃO CONTRA A COVID-19 NO MUNICÍPIO DE ALEGRE – ES E CRIA “BOLETIM DA IMUNIZAÇÃO MUNICIPAL”</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/485/proj._lei_008.2021._cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/485/proj._lei_008.2021._cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORNECIMENTO DE ABSORVENTES HIGIÊNICOS NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/486/proj._lei_009.2021.cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/486/proj._lei_009.2021.cma.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA EMISSÃO DE CARTEIRA ESTUDANTIL PARA ALUNOS DA REDE MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/507/projeto_de_lei_010.2021-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/507/projeto_de_lei_010.2021-cma.pdf</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/508/projeto_de_lei_011.2021-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/508/projeto_de_lei_011.2021-cma.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS DA ORIENTAÇÃO PROFISSIONAL PARA O PRIMEIRO EMPREGO NAS ESCOLAS PÚBLICAS MUNICIPAIS</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/509/projeto_de_lei_012.2021-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/509/projeto_de_lei_012.2021-cma.pdf</t>
   </si>
   <si>
     <t>INSTITUI OS TÍTULOS "ESCOLA DESTAQUE" E "ESTUDANTE DESTAQUE" NO MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>MERÇON</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/515/proj._de_lei_no_013.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/515/proj._de_lei_no_013.2021_cma.pdf</t>
   </si>
   <si>
     <t>DECLARA A ESSENCIALIDADE PARA A SAÚDE PÚBLICA DOS SERVIÇOS DE EDUCAÇÃO FÍSICA, ESPORTES E AFINS COMO FORMA DE PREVENIR DOENÇAS FÍSICAS E MENTAIS NO ÂMBITO DO MUNICÍPIO DE ALEGRE/ES</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/516/proj._de_lei_no_014.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/516/proj._de_lei_no_014.2021_cma.pdf</t>
   </si>
   <si>
     <t>GARANTE À POPULAÇÃO ACESSO A INFORMAÇÕES SOBRE BENEFICIADOS POR PROGRAMAS SOCIAIS DA PREFEITURA MUNICIPAL, ATRAVÉS DA INTERNET NO SITE DA PREFEITURA OU OUTROS MEIOS DE ACESSO LIVRE À POPULAÇÃO</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/517/proj._de_lei_no_015.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/517/proj._de_lei_no_015.2021_cma.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO MUNICIPAL O PROGRAMA ‘PRÓ-AUXÍLIO’ QUE VISA DESTINAR O VALOR DE UM SALÁRIO MÍNIMO, PARA ATENDIMENTO A FAMÍLIAS ATINGIDAS POR CATÁSTROFES NATURAIS, EM ESTADO DECRETADO CALAMIDADE PÚBLICA OU SITUAÇÃO DE EMERGÊNCIA</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/521/proj._de_lei_no_016.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/521/proj._de_lei_no_016.2021_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUBSTITUIÇÃO DE NOME DE LOGRADOURO PÚBLICO NO BAIRRO NOVA ALEGRE, NESTE MUNICÍPIO, ANTERIORMENTE CHAMADA DE RUA "TRISTÃO DA COSTA SOARES", PASSANDO SE CHAMAR VENILTON SANTOS BARBOSA".</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/546/proj._de_lei_no_017.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/546/proj._de_lei_no_017.2021_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE VÍDEO NAS ÁREAS INTERNAS E EXTERNAS DAS ESCOLAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/522/proj._de_lei__018_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/522/proj._de_lei__018_cma_2021.pdf</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>XODÓ, TAIZA GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/523/proj_de_lei_019_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/523/proj_de_lei_019_cma_2021.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE ATENDIMENTO ESPECIAL À MULHER EM SITUAÇÃO DE VIOLÊNCIA, EM TODA A REDE DE PRESTAÇÃO DE SERVIÇO DE SAÚDE, PÚBLI-COS E PRIVADOS, DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/549/proj_de_lei_020_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/549/proj_de_lei_020_cma_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ATENDIMENTO PRIORITÁRIO EM ESTABELECIMENTOS PÚBLICOS E PRIVADOS À PESSOAS COM TRANSTORNOS DO ESPEC-TRO DO AUTISMO – TEA NO ÂMBITO DO MUNI-CÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/550/proj_de_lei_021_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/550/proj_de_lei_021_cma_2021.pdf</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/551/proj._lei_022_2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/551/proj._lei_022_2021_cma.pdf</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/565/proj_de_lei__023_cma_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/565/proj_de_lei__023_cma_2021.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A "ASSOCIAÇÃO SETE MONTES-A7".</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>ROMAR AZEVEDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/636/projeto_de_lei_no_024.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/636/projeto_de_lei_no_024.2021_cma.pdf</t>
   </si>
   <si>
     <t>“Atribui denominação a logradouro público no Distrito de Rive, deste Município de Alegre/ES.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_de_lei_no_025.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_de_lei_no_025.2021_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGAÇÃO DE INSTALAÇÃO DE PLACAS INFORMATIVAS EM TODAS AS UNIDADES DA SAÚDE, COM A DIVULGAÇÃO MENSAL DA ESCALA DOS MÉDICOS, ENFERMEIROS E AUXILIARES DE ENFERMAGEM E SEUS RESPECTIVOS HORÁRIOS DE ATENDIMENTO, BEM COMO OS MEIOS DE CONTATO COM O JUDICIÁRIO, CONSELHO DA SAÚDE E OUVIDORIA, NO ÂMBITO DA CÂMARA MUNICIPAL DE ALEGRE.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_026.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_026.2021_cma.pdf</t>
   </si>
   <si>
     <t>VEDA NOMEAÇÃO PELA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DE ALEGRE DE PESSOAS CONDENADAS NOS CRIMES CONTRA A DIGNIDADE SEXUAL E PELA LEI FEDERAL Nº 11.340, DE 07 DE AGOSTO DE 2006.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/671/projeto_de_lei_027.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/671/projeto_de_lei_027.2021_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS EM LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_de_lei_028.2021_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_de_lei_028.2021_cma.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "PROGRAMA MUNICIPAL DOMINGO DO ESPORTE E LAZER" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_de_lei_no_029._cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_de_lei_no_029._cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A IMÓVEL PÚBLICO DO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de lei complementar</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_de_lei_complementar_no_001._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_de_lei_complementar_no_001._exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 3.631, DE 6 DE ABRIL DE 2021 PARA ADEQUAR À EMANDA CONSTITUCIONAL Nº 103/19.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/439/projeto_001.2021.exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/439/projeto_001.2021.exe.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.249, DE 17 DE ABRIL DE 2013</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/440/projeto_002.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/440/projeto_002.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.582/2020</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/441/projeto_003.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/441/projeto_003.2021_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CARGO COMISSIONADO DE GESTOR FINANCEIRO PARA ATUAÇÃO NO RPPS/IPASMA</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/442/projeto_004.2021.exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/442/projeto_004.2021.exe.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 667, DE 31 DE JANEIRO DE 1967</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL PARA A MANUTENÇÃO DOS SERVIÇOS DE ATENDIMENTO MÓVEL DE URGÊNCIA NO ORÇAMENTO DA UNIDADE GESTORA FUNDO DE SAÚDE, NO EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_006.2021_exe_republicado.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_006.2021_exe_republicado.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.652/2005, DE 04 DE ABRIL DE 2005.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/467/projeto_de_lei_007.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/467/projeto_de_lei_007.2021_exe.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º E AOS INCISOS V E VII DO ART. 5O DA LEI MUNICIPAL N° 2.991/2009, QUE DISPÕE SOBRE CONSIGNAÇÕES EM FOLHA DE PAGAMENTO NO ÂMBITO DO MUNICÍPIO DE ALEGRE PARA NELA INCLUIR OS OCUPANTES DE CARGOS COMISSIONADOS E OS SEUS EMPREGADOS PÚBLICOS</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>– INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS MUNICIPAL 2021</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_009.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_009.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXO I DA LEI MUNICIPAL Nº 3.584/2020</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/465/projeto_de_lei_010.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/465/projeto_de_lei_010.2021_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PRORROGAR OS CONTRATOS ADMINISTRATIVOS ORIGINÁRIOS DOS PROCESSOS SELETIVOS DE QUE TRATAM AS LEIS MUNICIPAIS Nº 3.529/2018 E 3.586/2020.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/487/projeto_de_lei_no_011.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/487/projeto_de_lei_no_011.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE P PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ALEGRE COM SEU RPPS, GERIDO PELO IPASMA</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/488/proj._de_lei_no_012.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/488/proj._de_lei_no_012.2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A REFORMA DA PREVIDÊNCIA NO RPPS DO MUNICÍPIO DE ALEGRE/ES E CONSOLIDA A LEGISLAÇÃO PREVIDENCIÁRIA MUNICIPAL.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/489/proj_de_lei__013.2021_novo.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/489/proj_de_lei__013.2021_novo.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.543, DE 06 DE JUNHO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/490/projeto_de_lei_no_014.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/490/projeto_de_lei_no_014.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS URBANÍSTICAS PARA A IMPLANTAÇÃO E O RESPECTIVO LICENCIAMENTO DE INFRAESTRUTURA DE SUPORTE PARA TELECOMUNICAÇÕES.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/510/proj._de_lei_015.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/510/proj._de_lei_015.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, COMPETÊNCIA E ORGANIZAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA PÚBLICA</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/511/projeto_de_lei_016.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/511/projeto_de_lei_016.2021_exe.pdf</t>
   </si>
   <si>
     <t>RECONHECE DÍVIDA COM O CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL DO TERRITÓRIO DO CAPARAÓ CAPIXABA E AUTORIZA O PAGAMENTO DE DÍVIDA</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/512/proj._de_lei_017.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/512/proj._de_lei_017.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.455, DE 01 DE NOVEMBRO DE 2017.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/513/proj._de_lei_018.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/513/proj._de_lei_018.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL (CACS), DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO (FUNDEB), EM CONFORMIDADE COM O ARTIGO 212-A DA CONSTITUIÇÃO FEDERAL E REGULAMENTADO NA FORMA DA LEI FEDERAL N° 14.113, DE 25 DE DEZEMBRO DE 2020</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/514/proj._de_lei_019.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/514/proj._de_lei_019.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS NA LEI MUNICIPAL Nº 2.560, DE 26 DE SETEMBRO DE 2019</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/519/projeto_de_lei_executivo_no_020_-_2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/519/projeto_de_lei_executivo_no_020_-_2021.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE ORGANIZAÇÕES SOCIAIS DO MUNICÍPIO DE ALEGRE-ES, E  DISPÕE SOBRE A QUALIFICAÇÃO DE ENTIDADES COMO ORGANIZAÇÕES SOCIAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/520/proj_de_lei__023.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/520/proj_de_lei__023.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I, QUADRO EFETIVO, DA LEI MUNICIPAL 2.620, DE 08 DE MARÇO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/547/proj._de_lei_024.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/547/proj._de_lei_024.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACRÉSCIMO DE 5% (CINCO POR CENTO) AO PERCENTUAL MÁXIMO PARA A CONTRATAÇÃO DE OPERAÇÕES DE CRÉDITO COM DESCONTO AUTOMÁTICO EM FOLHA DE PAGAMENTO ATÉ 31 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/548/proj._de_lei_025.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/548/proj._de_lei_025.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL Nº 3.411/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/564/proj._de_lei_026.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/564/proj._de_lei_026.2021_exe.pdf</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_de_lei_no_027.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_de_lei_no_027.2021_exe.pdf</t>
   </si>
   <si>
     <t>INSERE PARÁGRAFO ÚNICO AO ART. 2º DA LEI MUNICIPAL Nº 3.527, DE 27 DE DEZEMBRO DE 2018.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_de_lei_no_028.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_de_lei_no_028.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/619/projeto_de_lei_no_029.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/619/projeto_de_lei_no_029.2021_exe.pdf</t>
   </si>
   <si>
     <t>REVOGA O §3º DO ART. 7º, DA LEI MUNICIPAL Nº 2.927/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/620/projeto_de_lei_no_030.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/620/projeto_de_lei_no_030.2021_exe.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 195, DA LEI MUNICIPAL Nº 1.963/92 – ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ALEGRE – ES, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/621/projeto_de_lei_no_031.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/621/projeto_de_lei_no_031.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO §1º DO ART. 79 DA LEI MUNICIPAL Nº 2.980/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/622/projeto_de_lei_no_032.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/622/projeto_de_lei_no_032.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO XI DO ART. 131 DA LEI MUNICIPAL Nº 3.472/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/629/projeto_de_lei_no_033.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/629/projeto_de_lei_no_033.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO INFANTIL E DO ENSINO FUNDAMENTAL – FMEIEF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/630/projeto_de_lei_no_034.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/630/projeto_de_lei_no_034.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ALÍNEAS “b”, “c”, “d” E “g” DO INCISO I, DO ART. 5º, DA LEI MUNICIPAL Nº 3.005/2009, QUE DISPÕE SOBRE A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL – CMDRS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/631/projeto_de_lei_no_035.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/631/projeto_de_lei_no_035.2021_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE PROFISSIONAIS QUALIFICADOS, POR PRAZO DETERMINADO, PARA ATENDER À IMPERIOSA NECESSIDADE NA EXECUÇÃO DE PROGRAMAS DE GOVERNO REALIZADOS PELA SECRETARIA EXECUTIVA DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS – SEASDH, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/632/projeto_de_lei_no_036.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/632/projeto_de_lei_no_036.2021_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL E O PROCURADOR GERAL DO MUNICÍPIO A CELEBRAREM ACORDO EM PROCESSOS JUDICIAIS EM QUE O MUNICÍPIO DE ALEGRE TIVER INTERESSE JURÍDICO NA DEMANDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/633/projeto_de_lei_no_037.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/633/projeto_de_lei_no_037.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COBRANÇA DOS SERVIÇOS PÚBLICOS DE MANEJO DE RESÍDUOS SÓLIDOS URBANOS (SMRSU), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/634/projeto_de_lei_no_038.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/634/projeto_de_lei_no_038.2021_exe.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS INCISOS VI, XIII E XVII E, ACRESCENTA §4º NO ART. 175 DA LEI MUNICIPAL Nº 2.608/2003 – CÓDIGO DE POSTURAS DO MUNICÍPIO DE ALEGRE – ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/635/projeto_de_lei_no_039.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/635/projeto_de_lei_no_039.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/659/projeto_de_lei_no_040.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/659/projeto_de_lei_no_040.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 1º E 5º DA LEI MUNICIPAL Nº 3.478/2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_no_041.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_no_041.2021_exe.pdf</t>
   </si>
   <si>
     <t>RATIFICA ALTERAÇÕES PROMOVIDAS NO CONTRATO DE CONSÓRCIO PÚBLICO POR MEIO DE DELIBERAÇÕES DA ASSEMBLEIA GERAL CIM POLO SUL, NO TOCANTE AO INGRESSO DE NOVOS MUNICÍPIOS CONSORCIADOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/668/projeto_de_lei_042.2021_exe_substituido.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/668/projeto_de_lei_042.2021_exe_substituido.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE SERVIDORES MUNICIPAIS DE ALEGRE/ES PARA TER EXERCÍCIO EM OUTRO ÓRGÃO OU ENTIDADE DOS PODERES DA UNIÃO, DOS ESTADOS, OU DO DISTRITO FEDERAL E DOS MUNICÍPIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_043.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_043.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A SISTEMÁTICA DE PAGAMENTO DO 13º SALÁRIO SALÁRIO, DO SERVIDOR PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/682/projeto_de_lei_044-2021_-_ppa_2022-2025-1assinado.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/682/projeto_de_lei_044-2021_-_ppa_2022-2025-1assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2022 A 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/683/projeto_de_lei_045.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/683/projeto_de_lei_045.2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DAS ALÍNEAS "a", "d", "e", E "g" DO ART. 4º, BEM COMO DOS ARTS. 10 E 13 DA LEI MUNICIPAL Nº 2.423/99, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/684/projeto_de_lei_046.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/684/projeto_de_lei_046.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER TRANSFERÊNCIA DE BEM MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_de_lei_047.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_de_lei_047.2021_exe.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/686/projeto_de_lei_048.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/686/projeto_de_lei_048.2021_exe.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE ALEGRE PARA O EXERCÍCIO FINANCEIRO DE 2022 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/687/oficio_proj._de_lei_049.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/687/oficio_proj._de_lei_049.2021_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2022 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/688/projeto_de_lei_050.2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/688/projeto_de_lei_050.2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL N° 3.582, DE 25 DE MARÇO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_de_lei_no_051._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_de_lei_no_051._exe.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O PROCEDIMENTO DE MANIFESTAÇÃO DE INTERESSE-PMI A SER OBSERVADO NA APRESETAÇÃO DE PROJETOS,  LEVANTAMENTOS, INVESTIGAÇÕES OU ESTUDOS, POR PESSOA FÍSICA OU JURÍDICA DE DIREITO PRIVADO NO MUNICÍPIO DE ALEGRE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_lei_no_052._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_lei_no_052._exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PARCERIAS PÚBLICO- PRIVADAS, CRIA COMITÊ GESTOR DE PARCERIA PÚBLICO- PRIVADAS DO MUNICÍPIO DE ALEGRE/ES - CGPPP, AUTORIZA O PODER EXECUTIVO A INSTITUIR FUNDO DE GARANTIA DE PARCERIA PÚBLICO- PRIVADA MUNICIPAL FGPPM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_no_053._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_no_053._exe.pdf</t>
   </si>
   <si>
     <t>INSTITUI REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DO MUNICÍPIO DE ALEGRE/ES, FIXA LIMITE MÁXIMO PARA CONCESSÃO DE APOSENTADORIAS E PENSÕES PELO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_no_054._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_no_054._exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS FISCAIS PARA O DESENVOLVIMENTO DE ATIVIDADE ECONÔMICAS E GERAÇÃO DE EMPREGOS NO MUNICÍPIO DE ALEGRE/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_de_lei_no_055._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_de_lei_no_055._exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITOS SUPLEMENTARES DURANTE A EXECUÇÃO DO ORÇAMENTO MUNICIPAL NO EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_de_lei_no_056._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_de_lei_no_056._exe.pdf</t>
   </si>
   <si>
     <t>REVOGA  A LEI MUNICIPAL Nº 2.892/2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/701/projeto_de_lei_no_057._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/701/projeto_de_lei_no_057._exe.pdf</t>
   </si>
   <si>
     <t>RATIFICA ALTERAÇÕES PROMOVIDAS NO CONTRATO DO CONSÓRCIO PÚBLICO POR MEIO DE DELIBERAÇÕES DA ASSEMBLÉIA GERAL CIM POLO SUL, NO TOCANTE AO INGRESSO DE NOVOS MUNICÍPIOS CONSORCIADOS, E DÁ OUTRAS POVIDÊNCIAS.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/702/projeto_de_lei_no_058._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/702/projeto_de_lei_no_058._exe.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 29 DA LEI MUNICIPAL Nº 2.369/98, QUE DISPÕE SOBRE O ESTATUTO DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE ALEGRE-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_de_lei_no_059._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_de_lei_no_059._exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AÇÃO GOVERNAMENTAL PARA GARANTIR A IMPLEMENTAÇÃO DE METAS ESTRATÉGICAS DO PLANO MUNICIPAL DE EDUCAÇÃO NO ÂMBITO DA SECRETARIA DE EDUCAÇÃO - SEED, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/706/projeto_de_lei_no_060._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/706/projeto_de_lei_no_060._exe.pdf</t>
   </si>
   <si>
     <t>RATIFICA A REDAÇÃO DO PROTOCOLO DE INTENÇÕES DA AGÊNCIA REGULADORA INTERMUNICIPAL DE SANEAMENTO BÁSICO DO ESPÍRITO SANTO (ARIES) E RATIFICA O INGRESSO DO MUNICÍPIO NO CONSÓRCIO.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/708/projeto_de_lei_061._2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/708/projeto_de_lei_061._2021_exe.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ALEGRE – ES O EVENTO DENOMINADO “FEST ALEGRE COM CRISTO”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/709/projeto_de_lei_no_062._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/709/projeto_de_lei_no_062._exe.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS MUNICIPAI Nº 2,375/1998E 2.376/1998, CRIA O CONSELHO MUNICIPAL DE TURISMO- COMTUR - E O FUNDO MUNICIPAL DE DESENVOLVIMENTO DO TURISMO - FUNDETUR DO MUNICÍPIO DE ALEGRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_de_lei_no_063._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_de_lei_no_063._exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O PISO SALARIAL NACIONAL PROFISSIONAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DE ALEGRE, PROMOVENDO A REVISÃO DO ANEXO I, DA LEI Nº 3.409/2009, EM VALOR PROPORCIONAL À CARGA HORÁRIA DE 25 HORAS SEMANAIS, NA FORMA DO § 1º, DO ART. 2º DA LEI Nº 1.738/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei_064._2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei_064._2021_exe.pdf</t>
   </si>
   <si>
     <t>RATIFICA ALTERAÇÕES PROMOVIDAS NO CONTRATO DE CONSÓRCIO PÚBLICO POR MEIO DE DELIBERAÇÕES DA ASSEMBLEIA GERAL CIM POLO SUL, NO TOCANTE AO INGRESSO DE NOVOS MUNICÍPIOS CONSORCIADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_de_lei_065._2021_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_de_lei_065._2021_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 7º DA LEI MUNICIPAL Nº 3.133/2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_de_lei_no_066._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_de_lei_no_066._exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DE DISPOSITIVOS CONTIDOS NO CÓDIGO TRIBUTÁRIO MUNICIPAL - LEI MUNICIPAL Nº 3.613/2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/714/projeto_de_lei_no_067._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/714/projeto_de_lei_no_067._exe.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA OPORTUNIDADES - PROGRAMA DE CURSOS DE CAPACITAÇÃO PROFISSIONALIZANTE E GERAÇÃO DE EMPREGO E RENDA PARA A POPULAÇÃO ALEGRENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/703/proposta_emenda_a_lei_organica_001.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/703/proposta_emenda_a_lei_organica_001.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 16 DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE, EM ATENDIMENTO AO ART. 40, § 1º, III DA CONSTITUIÇÃO DA REPÚBLICA, COM REDAÇÃO DADA PELA EMENDA CONSTITUCIONAL Nº 103/19.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/707/projeto_de_emenda_a_lei_organica_002.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/707/projeto_de_emenda_a_lei_organica_002.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 35, CAPUT, DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>CPI - Comissão Parlamentar de Inquérito</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/612/resolucao_01.2021__ci__obras_2021_.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/612/resolucao_01.2021__ci__obras_2021_.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Especial de Inquérito na Câmara Municipal de Alegre-ES, para apuração de possíveis desvios na execução de obras, instalações e serviços de reformas de escolas municipais.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/613/resolucao_02.2021_ci__merenda.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/613/resolucao_02.2021_ci__merenda.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Especial de Inquérito na Câmara Municipal de Alegre-ES, para apuração de possíveis desvios de merenda escolar supostamente ocorridos no exercício de 2020, na Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/673/resolucao_03.2021__ci__obras_2021_prorroga.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/673/resolucao_03.2021__ci__obras_2021_prorroga.pdf</t>
   </si>
   <si>
     <t>Prorroga por igual período o prazo  da Resolução Legislativa nº. 001/2021</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/674/resolucao_04.2021_ci__merenda_prorroga.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/674/resolucao_04.2021_ci__merenda_prorroga.pdf</t>
   </si>
   <si>
     <t>Prorroga por igual período o prazo  da Resolução Legislativa nº. 002/2021</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/715/veto_parcial_ao_projeto_de_lei_no_037._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/715/veto_parcial_ao_projeto_de_lei_no_037._exe.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL EM RELAÇÃO AO ART. 8º DO PROJETO DE LEI Nº 037/2021.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofícios Expedidos 2021</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/446/gilmar_silva_de_mattos_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/446/gilmar_silva_de_mattos_-_of._2021.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pelo Vereador ao longo do ano de 2021.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/447/mauricio._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/447/mauricio._2021.pdf</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/448/mercon_1-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/448/mercon_1-_of._2021.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/449/taiza_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/449/taiza_-_of._2021.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pela Vereadora ao longo do ano de 2021.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>CLÁUDIO SOBREIRA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/455/claudio_sobreira._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/455/claudio_sobreira._2021.pdf</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>ITA POLASTRELI</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/456/ita_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/456/ita_-_of._2021.pdf</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>WILLIAN BESTETE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/457/william_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/457/william_-_of._2021.pdf</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/458/xodo_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/458/xodo_-_of._2021.pdf</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/459/dudu_-_oficio.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/459/dudu_-_oficio.2021.pdf</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>RENATO VIANA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/461/renato_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/461/renato_-_of._2021.pdf</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/462/romar_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/462/romar_-_of._2021.pdf</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>TOTOCA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/463/totoca_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/463/totoca_-_of._2021.pdf</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/464/xodo_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/464/xodo_-_of._2021.pdf</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/655/fabinho_1_-_oficio.2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/655/fabinho_1_-_oficio.2021.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2022,67 +2022,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/476/anteprojeto_1_mesa_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/477/anteprojeto_2_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/483/projeto_006.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/556/anteprojeto__prefeito_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/557/anteprojeto_003_taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/558/anteprojeto_004_fabio_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/559/anteprojeto_005_taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/560/anteprojeto_006_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/561/anteprojeto_007_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/562/anteprojeto_008_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/563/anteprojeto_009_taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/626/anteprojeto_010__taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/627/anteprojeto_011_taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/628/anteprojeto_012_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/1031/anteprojeto_014_fabio_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/1032/anteprojeto_015_fabio_cma_2021_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/604/ato_da_mesa_diretora__01.2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/605/ato_da_mesa_diretora__02.2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/606/ato_da_mesa_diretora__03.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/607/ato_da_mesa_diretora__04.2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/608/ato_da_mesa_diretora__05.2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/675/ato_006._2021_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/692/ato_007._2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/694/ato_008._2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/609/decreto_01.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/610/decreto_02.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_026.2021_mauricio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_para_sessao_-_dudu_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_para_sessao_-_xodo_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_p__mesa_e_prefeito_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_pra_sessao_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_para_sessao_-_taiza_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/611/portaria_01.2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/689/portaria_002.2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/690/portaria_003.2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/691/portaria_004.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/444/projeto_001.2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/466/projeto_002.2021cma.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/479/projeto_004.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/480/projeto_005.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/481/projeto_006.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/482/projeto_007.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/485/proj._lei_008.2021._cma.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/486/proj._lei_009.2021.cma.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/507/projeto_de_lei_010.2021-cma.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/508/projeto_de_lei_011.2021-cma.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/509/projeto_de_lei_012.2021-cma.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/515/proj._de_lei_no_013.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/516/proj._de_lei_no_014.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/517/proj._de_lei_no_015.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/521/proj._de_lei_no_016.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/546/proj._de_lei_no_017.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/522/proj._de_lei__018_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/523/proj_de_lei_019_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/549/proj_de_lei_020_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/550/proj_de_lei_021_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/551/proj._lei_022_2021_cma.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/565/proj_de_lei__023_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/636/projeto_de_lei_no_024.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_de_lei_no_025.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_026.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/671/projeto_de_lei_027.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_de_lei_028.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_de_lei_no_029._cma.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_de_lei_complementar_no_001._exe.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/439/projeto_001.2021.exe.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/440/projeto_002.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/441/projeto_003.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/442/projeto_004.2021.exe.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_006.2021_exe_republicado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/467/projeto_de_lei_007.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_009.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/465/projeto_de_lei_010.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/487/projeto_de_lei_no_011.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/488/proj._de_lei_no_012.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/489/proj_de_lei__013.2021_novo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/490/projeto_de_lei_no_014.2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/510/proj._de_lei_015.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/511/projeto_de_lei_016.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/512/proj._de_lei_017.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/513/proj._de_lei_018.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/514/proj._de_lei_019.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/519/projeto_de_lei_executivo_no_020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/520/proj_de_lei__023.2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/547/proj._de_lei_024.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/548/proj._de_lei_025.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/564/proj._de_lei_026.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_de_lei_no_027.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_de_lei_no_028.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/619/projeto_de_lei_no_029.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/620/projeto_de_lei_no_030.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/621/projeto_de_lei_no_031.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/622/projeto_de_lei_no_032.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/629/projeto_de_lei_no_033.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/630/projeto_de_lei_no_034.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/631/projeto_de_lei_no_035.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/632/projeto_de_lei_no_036.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/633/projeto_de_lei_no_037.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/634/projeto_de_lei_no_038.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/635/projeto_de_lei_no_039.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/659/projeto_de_lei_no_040.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_no_041.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/668/projeto_de_lei_042.2021_exe_substituido.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_043.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/682/projeto_de_lei_044-2021_-_ppa_2022-2025-1assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/683/projeto_de_lei_045.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/684/projeto_de_lei_046.2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_de_lei_047.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/686/projeto_de_lei_048.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/687/oficio_proj._de_lei_049.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/688/projeto_de_lei_050.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_de_lei_no_051._exe.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_lei_no_052._exe.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_no_053._exe.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_no_054._exe.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_de_lei_no_055._exe.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_de_lei_no_056._exe.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/701/projeto_de_lei_no_057._exe.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/702/projeto_de_lei_no_058._exe.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_de_lei_no_059._exe.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/706/projeto_de_lei_no_060._exe.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/708/projeto_de_lei_061._2021_exe.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/709/projeto_de_lei_no_062._exe.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_de_lei_no_063._exe.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei_064._2021_exe.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_de_lei_065._2021_exe.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_de_lei_no_066._exe.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/714/projeto_de_lei_no_067._exe.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/703/proposta_emenda_a_lei_organica_001.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/707/projeto_de_emenda_a_lei_organica_002.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/612/resolucao_01.2021__ci__obras_2021_.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/613/resolucao_02.2021_ci__merenda.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/673/resolucao_03.2021__ci__obras_2021_prorroga.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/674/resolucao_04.2021_ci__merenda_prorroga.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/715/veto_parcial_ao_projeto_de_lei_no_037._exe.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/446/gilmar_silva_de_mattos_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/447/mauricio._2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/448/mercon_1-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/449/taiza_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/455/claudio_sobreira._2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/456/ita_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/457/william_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/458/xodo_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/459/dudu_-_oficio.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/461/renato_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/462/romar_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/463/totoca_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/464/xodo_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/655/fabinho_1_-_oficio.2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/476/anteprojeto_1_mesa_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/477/anteprojeto_2_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/483/projeto_006.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/556/anteprojeto__prefeito_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/557/anteprojeto_003_taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/558/anteprojeto_004_fabio_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/559/anteprojeto_005_taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/560/anteprojeto_006_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/561/anteprojeto_007_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/562/anteprojeto_008_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/563/anteprojeto_009_taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/626/anteprojeto_010__taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/627/anteprojeto_011_taiza_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/628/anteprojeto_012_xodo_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/1031/anteprojeto_014_fabio_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/1032/anteprojeto_015_fabio_cma_2021_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/604/ato_da_mesa_diretora__01.2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/605/ato_da_mesa_diretora__02.2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/606/ato_da_mesa_diretora__03.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/607/ato_da_mesa_diretora__04.2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/608/ato_da_mesa_diretora__05.2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/675/ato_006._2021_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/692/ato_007._2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/694/ato_008._2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/609/decreto_01.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/610/decreto_02.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_026.2021_mauricio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_para_sessao_-_dudu_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_para_sessao_-_xodo_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_p__mesa_e_prefeito_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_pra_sessao_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_para_sessao_-_taiza_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/611/portaria_01.2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/689/portaria_002.2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/690/portaria_003.2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/691/portaria_004.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/444/projeto_001.2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/466/projeto_002.2021cma.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/479/projeto_004.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/480/projeto_005.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/481/projeto_006.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/482/projeto_007.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/485/proj._lei_008.2021._cma.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/486/proj._lei_009.2021.cma.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/507/projeto_de_lei_010.2021-cma.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/508/projeto_de_lei_011.2021-cma.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/509/projeto_de_lei_012.2021-cma.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/515/proj._de_lei_no_013.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/516/proj._de_lei_no_014.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/517/proj._de_lei_no_015.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/521/proj._de_lei_no_016.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/546/proj._de_lei_no_017.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/522/proj._de_lei__018_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/523/proj_de_lei_019_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/549/proj_de_lei_020_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/550/proj_de_lei_021_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/551/proj._lei_022_2021_cma.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/565/proj_de_lei__023_cma_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/636/projeto_de_lei_no_024.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_de_lei_no_025.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_026.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/671/projeto_de_lei_027.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_de_lei_028.2021_cma.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_de_lei_no_029._cma.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_de_lei_complementar_no_001._exe.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/439/projeto_001.2021.exe.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/440/projeto_002.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/441/projeto_003.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/442/projeto_004.2021.exe.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_006.2021_exe_republicado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/467/projeto_de_lei_007.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_009.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/465/projeto_de_lei_010.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/487/projeto_de_lei_no_011.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/488/proj._de_lei_no_012.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/489/proj_de_lei__013.2021_novo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/490/projeto_de_lei_no_014.2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/510/proj._de_lei_015.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/511/projeto_de_lei_016.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/512/proj._de_lei_017.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/513/proj._de_lei_018.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/514/proj._de_lei_019.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/519/projeto_de_lei_executivo_no_020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/520/proj_de_lei__023.2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/547/proj._de_lei_024.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/548/proj._de_lei_025.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/564/proj._de_lei_026.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_de_lei_no_027.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_de_lei_no_028.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/619/projeto_de_lei_no_029.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/620/projeto_de_lei_no_030.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/621/projeto_de_lei_no_031.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/622/projeto_de_lei_no_032.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/629/projeto_de_lei_no_033.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/630/projeto_de_lei_no_034.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/631/projeto_de_lei_no_035.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/632/projeto_de_lei_no_036.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/633/projeto_de_lei_no_037.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/634/projeto_de_lei_no_038.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/635/projeto_de_lei_no_039.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/659/projeto_de_lei_no_040.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_no_041.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/668/projeto_de_lei_042.2021_exe_substituido.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_043.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/682/projeto_de_lei_044-2021_-_ppa_2022-2025-1assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/683/projeto_de_lei_045.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/684/projeto_de_lei_046.2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_de_lei_047.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/686/projeto_de_lei_048.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/687/oficio_proj._de_lei_049.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/688/projeto_de_lei_050.2021_exe.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_de_lei_no_051._exe.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_lei_no_052._exe.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_no_053._exe.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_no_054._exe.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_de_lei_no_055._exe.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_de_lei_no_056._exe.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/701/projeto_de_lei_no_057._exe.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/702/projeto_de_lei_no_058._exe.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_de_lei_no_059._exe.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/706/projeto_de_lei_no_060._exe.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/708/projeto_de_lei_061._2021_exe.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/709/projeto_de_lei_no_062._exe.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_de_lei_no_063._exe.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei_064._2021_exe.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_de_lei_065._2021_exe.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_de_lei_no_066._exe.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/714/projeto_de_lei_no_067._exe.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/703/proposta_emenda_a_lei_organica_001.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/707/projeto_de_emenda_a_lei_organica_002.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/612/resolucao_01.2021__ci__obras_2021_.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/613/resolucao_02.2021_ci__merenda.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/673/resolucao_03.2021__ci__obras_2021_prorroga.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/674/resolucao_04.2021_ci__merenda_prorroga.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/715/veto_parcial_ao_projeto_de_lei_no_037._exe.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/446/gilmar_silva_de_mattos_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/447/mauricio._2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/448/mercon_1-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/449/taiza_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/455/claudio_sobreira._2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/456/ita_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/457/william_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/458/xodo_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/459/dudu_-_oficio.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/461/renato_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/462/romar_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/463/totoca_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/464/xodo_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2021/655/fabinho_1_-_oficio.2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>