--- v0 (2026-01-30)
+++ v1 (2026-03-21)
@@ -51,1200 +51,1200 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCMA</t>
   </si>
   <si>
     <t>Projeto de Lei CMA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/344/projeto_001.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/344/projeto_001.2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ANEXO IX DA LEI MUNICIPAL Nº 3.431/2017.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Tio Marcos Dino</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/345/projeto_004.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/345/projeto_004.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORNECIMENTO E INSTALAÇÃO GRATUITA, PELA CONCESSIONÁRIA DE SERVIÇO DE ÁGUA, DE VÁLVULAS DE RETENÇÃO DE AR (ELIMINADORES DE AR), PARA HIDRÔMETROS A TODOS OS IMÓVEIS COMERCIAIS E RESIDENCIAIS DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Theo Alves da Rocha</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/346/projeto_005.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/346/projeto_005.2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIPLOMA ALUNO DESTAQUE PARA ESTUDANTES DO 6º AO 9º ANO DO ENSINO FUNDAMENTAL DA REDE MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/347/projeto_006.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/347/projeto_006.2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE SEGURANÇA DE BARRAGENS (PMSB) DO MUNICÍPIO DE ALEGRE/ES</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/348/projeto_007.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/348/projeto_007.2020.pdf</t>
   </si>
   <si>
     <t>ISENTA DE TARIFA DE ÁGUA E ESGOTO OS CONSUMIDORES ATINGIDOS POR ENCHENTES E CONCEDE DESCONTO ÀQUELES QUE RECEBAM ÁGUA COM ODOR E COLORAÇÃO ALTERADOS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Marquinho do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/385/projeto_008.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/385/projeto_008.2020.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA LOCALIDADE DE ASSENTAMENTO FLORESTA "SEBASTIANA MARIA DE SOUZA"</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Romário Brasil</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/394/projeto_009.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/394/projeto_009.2020.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NO DISTRITO DE CELINA "MARIA SUETI NOGUEIRA"</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Silvanea de Celina, Tio Marcos Dino</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/395/projeto_010.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/395/projeto_010.2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS IGREJAS E OS TEMPLOS DE QUALQUER CULTO COMO ATIVIDADE ESSENCIAL EM PERÍODOS DE CALAMIDADE PÚBLICA NO MUNICÍPIO DE ALEGRE/ES</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Mosca</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/412/projeto_011.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/412/projeto_011.2020.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NA SEDE DO MUNICÍPIO . "SEBASTIÃO DINO"</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/408/projeto_012.2020_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/408/projeto_012.2020_cma.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DE IPTU SOBRE IMÓVEIS INTEGRANTES DO PATRIMÔNIO DE PORTADORES DE DOENÇAS GRAVES RELACIONADAS</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/409/projeto_013.2020_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/409/projeto_013.2020_cma.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI Nº 1.862/1990) ISENÇÃO DE IPTU A PORTADORES DE DOENÇAS GRAVES</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/411/projeto_014.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/411/projeto_014.2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE ADOÇÃO DE CAMPOS DE FUTEBOL E EQUIPAMENTOS OU UNIDADES DE ESPORTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/417/projeto_de_lei_015.2020-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/417/projeto_de_lei_015.2020-cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA LOCALIDADE DE ASSENTAMENTO FLORESTA, MUICÍPIO DE ALEGRE/ES. "NAIR LEANDRO MACHADO"</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/418/projeto_de_lei_016.2020-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/418/projeto_de_lei_016.2020-cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA LOCALIDADE DE ASSENTAMENTO FLORESTA, MUICÍPIO DE ALEGRE/ES. "GUSTAVO OLIVEIRA ALMEIDA DE PARESQUI"</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/420/projeto_017.2020-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/420/projeto_017.2020-cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO VALOR DOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE ALEGRE/ES, PARA A LEGISLATURA 2021 / 2024</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/421/projeto_018.2020-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/421/projeto_018.2020-cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO VALOR DOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS DE ALEGRE/ES, PARA A LEGISLATURA 2021 / 2024</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>ROMAR AZEVEDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/426/projeto_de_lei_no_019.202-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/426/projeto_de_lei_no_019.202-cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO E ALTERA ITEM 32 DA LEI Nº 779/1968</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/431/projeto_de_lei_020-2020_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/431/projeto_de_lei_020-2020_cma.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A "ASSOCIAÇÃO CRISTÃ DE ARTE E CULTURA - ACAC", NESTE MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ITA POLASTRELI</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/</t>
+    <t>http://sapl.alegre.es.leg.br/media/</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NO DISTRITO DE ARARAÍ.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/433/projeto_de_lei_022-2020_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/433/projeto_de_lei_022-2020_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO EM ARARAÍ, MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/434/projeto_de_lei_022-2020_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/434/projeto_de_lei_022-2020_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NO DISTRITO DE ARARAÍ, NESTE MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/435/projeto_de_lei_024-2020_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/435/projeto_de_lei_024-2020_cma.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 3º DA LEI MUNICIPAL Nº 3.581/2020.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_001.2020.exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_001.2020.exe.pdf</t>
   </si>
   <si>
     <t>COLOCA EM EXTINÇÃO O RPPS -REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DE ALEGRE – IPASMA – AUTARQUIA MUNICIPAL, CRIADA PELA LEI MUNICIPAL Nº 1.972 DE 29 DE ABRIL DE 1992, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_002.2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_002.2020_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FORMAÇÃO DE CADASTRO DE RESERVA PARA CONTRATAÇÃO, POR PRAZO DETERMINADO, PARA ATENDER NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, DE SERVIDORES DO SAAE PARA O EXERCÍCIO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_003.2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_003.2020_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 5º, 6º E REVOGA O 8º DA LEI 2.869/2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/328/projeto_004.2020.exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/328/projeto_004.2020.exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR CONTRATAÇÕES TEMPORÁRIAS DE EXCEPCIONAL INTERESSE PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/329/projeto_005.2020.exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/329/projeto_005.2020.exe.pdf</t>
   </si>
   <si>
     <t>RATIFICA ALTERAÇÕES PROMOVIDAS NO CONTRATO DE CONSÓRCIO PÚBLICO POR MEIO DE DELIBERAÇÕES DA ASSEMBLEIA GERAL DO CIM POLO SUL, NO TOCANTE AO INGRESSO DE NOVO MUNICÍPIO CONSORCIADO, ALTERAÇÃO DO QUADRO DE PESSOAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/330/projeto_006.2020.exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/330/projeto_006.2020.exe.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUANTITATIVO DE CARGOS DE DIRETOR DE UNIDADE DE ESF, QUE INTEGRAM O ANEXO V DA LEI Nº 2.620/2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/331/projeto_007.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/331/projeto_007.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE REFERENTE REPASSE DE CESSÃO ONEROSA REALIZADA PELA UNIÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE ELEMENTOS DE DESPESA NO ORÇAMENTO DA UNIDADE GESTORA FUNDO DE SAÚDE NO EXERCÍCIO FINANCEIRO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/349/projeto_010_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/349/projeto_010_exe_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O NOVO CÓDIGO SANITÁRIO PARA O MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/350/projeto_011_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/350/projeto_011_exe_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA POLÍTICA MUNICIPAL DOS DIREITOS DA MULHER, DO CONSELHO E DO FUNDO MUNICIPAL DOS DIREITOS DA MULHER.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/351/projeto_012_exe_2020_I6pbXV4.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/351/projeto_012_exe_2020_I6pbXV4.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS 4º E 6º DA LEI MUNICIPAL N] 3.278/2013.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/352/projeto_013_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/352/projeto_013_exe_2020.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ATRIBUIÇÕES A LEI MUNICIPAL Nº 2.391/1998, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA E REGULAMENTA O FUNCIONAMENTO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ALEGRE</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/357/projeto_014_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/357/projeto_014_exe_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O PRAZO PARA CONTRATAÇÃO DE PROFISSIONAIS POR PRAZO DETERMINADO PARA ATENDER A IMPERIOSA NECESSIDADE DE QUE TRATA O ART. 3º DA LEI MUNICIPAL Nº3.566/2019</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMULAÇÃO DA ESTRUTURA ADMINISTRATIVA BÁSICA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE ALEGRE, ESTADO DO ESPÍRITO SANTO</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/359/projeto_016_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/359/projeto_016_exe_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADEQUAÇÃO DAS ALÍQUOTAS DE CONTRIBUIÇÕES PREVIDENCIÁRIAS AO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ALEGRE, ESTADO DO ESPÍRITO SANTO, AOS TERMOS DA EMENDA CONSTITUCIONAL N° 103, DE 12 DE NOVEMBRO DE 2019</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/360/projeto_017_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/360/projeto_017_exe_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº2.608/2003 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/376/projeto_018.2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/376/projeto_018.2020_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI COMPLEMENTAR Nº 1.862/1990 CÓDIGO TRIBUTÁRIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/377/projeto_019.2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/377/projeto_019.2020_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSERÇÃO DO § 2º NO ART. 9º DA LEI MUNICIPAL Nº 1.014/71, PARA CONSTAR NO DISPOSITIVO REGRAMENTO SOBRE A CONCESSÃO DA ISENÇÃO DE FORMA EXCEPCIONAL DAS TAXAS DE ÁGUA E ESGOTO</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/378/projeto_020.2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/378/projeto_020.2020_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL Nº 2.991/2009</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/379/projeto_021.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/379/projeto_021.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURAÇÃO DO NOVO PLANO DE CARREIRA E SISTEMAS DE REMUNERAÇÃO E VALORIZAÇÃO DOS SERVIDORES PÚBLICOS DA PREFEITURA MUNICIPAL DE ALEGRE/ES, INSTITUI O REGIME DE REMUNERAÇÃO POR SUBSÍDIO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/380/projeto_022.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/380/projeto_022.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURAÇÃO DO NOVO PLANO DE CARREIRA E SISTEMAS DE REMUNERAÇÃO E VALORIZAÇÃO DOS PROFISSIONAIS DE SAÚDE DO MUNICÍPIO DE ALEGRE, INSTITUI O REGIME DE REMUNERAÇÃO POR SUBSÍDIO.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/381/projeto_023.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/381/projeto_023.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURAÇÃO DO NOVO PLANO DE CARREIRA E SISTEMAS DE REMUNERAÇÃO E VALORIZAÇÃO DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE ALEGRE, INSTITUI O REGIME DE REMUNERAÇÃO POR SUBSÍDIO.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/382/projeto_024.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/382/projeto_024.2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 5º DA LEI MUNICIPAL N° 3.469/2017, QUE DISPÕE SOBRE A ALIENAÇÃO DE BENS MÓVEIS INSERVÍVEIS DA PREFEITURA MUNICIPAL DE ALEGRE/ES,</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/383/projeto_025_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/383/projeto_025_2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVO ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ALEGRE - ES, REVOGA A LEI MUNICIPAL N° 1963/92</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/384/projeto_026_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/384/projeto_026_exe_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.582/2020, QUE DISPÕE SOBRE a REFORMULAÇÃO DA ESTRUTURA ADMINISTRATIVA BÁSICA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE ALEGRE</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/386/projeto_027_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/386/projeto_027_exe_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER BOLSA DE FORMAÇÃO AOS PROFISSIONAIS DA SEMSSA, VINCULADOS AO PROGRAMA DE QUALIFICAÇÃO DA ATENÇÃO PRIMÁRIA À SAÚDE</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/387/projeto_028_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/387/projeto_028_exe_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE ELEMENTOS DE DESPESA NO ORÇAMENTO DA UNIDADE GESTORA DO FUNDO DE SAÚDE NO EXERCÍCIO FIANCEIRO DE 2020 PARA ADESÃO DE ATA DO ESTADO ICEP, PARA REALIZAÇÃO DE CONTRATAÇÃO DE BOLSA.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/388/projeto_029_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/388/projeto_029_exe_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO DOS PROFISSIONAIS DO MAGISTÉRIOPÚBLICO DO MUNICÍPIO DE ALEGRE/ES</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/389/projeto_031exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/389/projeto_031exe_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃODE PROFISSIONAIS DA SAÚDE, POR TEMPO DETERMINADO, PARA ATENDER A IMPERIOSA NECESSIDADE DO REGULAR FUNCIONAMENTO DA SECRETARIA EXECUTIVA DE SAÚDE E ADMINISTRAÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/390/projeto_032exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/390/projeto_032exe_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DOS ANEXOS I E IIi DA ESTRUTURA DA PROCURADORIA GERAL DO MUNICÍPIO</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/391/projeto_033_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/391/projeto_033_exe_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBREA AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITOS SUPLEMENTARES DURANTE A EXECUÇÃO DO ORÇAMENTO 2020</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/392/projeto_034_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/392/projeto_034_exe_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O AUMENTO DO QUANTITATIVO DE VAGAS PARA O CARGO DE AGENTE DE COMBATE A ENDEMIAS DE QUE TRATA A LEI MUNICIPAL Nº 3.5217/2018</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/393/projeto_035_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/393/projeto_035_exe_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DE RECURSOS A SEREM RECEBIDOS CONFORME LEI COMPLEMENTAR 173/2020.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/397/projeto_036.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/397/projeto_036.2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DE DÍVIDA CONTRAÍDA PELO MUNICÍPIO DE ALEGRE/ES PARA COM A EMPRESA CONCESSIONÁRIA DE ENERGIA ELÉTRICA ESCELSA S.A.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/404/projeto_037.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/404/projeto_037.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO 2021.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/407/projeto_038.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/407/projeto_038.2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO EM REGIME DE URGÊNCIA DE 05 (CINCO) OPERADORES DE MÁQUINA E EQUIPAMENTO DE MÁQUINA MUNICIPAL PARA ATENDER SERVIÇOS EMERGENCIAIS DA SECRETARIA EXECUTIVA DE DESENVOLVIMENTO RURAL, EM CONFORMIDADE COM O INCISO IX DO ART. 37 DA CRFB E ART. 2º, I, DA LEI 8.745/93</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/410/projeto_039.2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/410/projeto_039.2020_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ART. 7º DA LEI MUNICIPAL 3056/2009</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/416/projeto_040_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/416/projeto_040_exe_2020.pdf</t>
   </si>
   <si>
     <t>INSTITUCIONALIZA A GERÊNCIA DE EDUCAÇÃO ESPECIAL E INCLUSIVA, E REGULMENTA SEU FUNCIONAMENTO NO AMBITO DA SEME.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/415/projeto_041_exe_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/415/projeto_041_exe_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE ELEMENTOS DE DESPESAS NO ORÇAMENTO DA UG ASSIST~ENCIA SOCIAL E DIREITOS HUMANOS NO EXERCÍCIO FINANCEIRO DE 2020, PARA AQUISIÇÃO DE BENS PERMANENTES PARA O CAPS.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/419/projeto_042.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/419/projeto_042.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO DA UG FUNDO MUNICIPAL DE SAÚDE DE ALEGRE, NO EXERCÍCIO FINANCEIRO 2020, PARA ATENDIMENTO DE NECESSIDADES DO FUNDO</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/422/projeto_043.2020-exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/422/projeto_043.2020-exe.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO SEGUNDO DO ARTIGO 1º DA LEI MUNICIPAL Nº 3.593/2020</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/423/projeto_044.2020-exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/423/projeto_044.2020-exe.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALEGRE PARA O EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/424/projeto_045.2020-exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/424/projeto_045.2020-exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXRCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/425/projeto_046.2020-exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/425/projeto_046.2020-exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO, PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO NOS TERMOS DO INCISO IX, ART. 37 DA CRFB</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/428/projeto_047.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/428/projeto_047.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITOS SUPLEMENTARES DURANTE A EXECUÇÃO DO ORÇAMENTO MUNICIPAL NO EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/430/projeto__048-2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/430/projeto__048-2020_exe.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA EDAÇÃO A ALÍNEA "B" DO INCISO XIII, DO ART. 175 DA LEI MUNICIPAL Nº 2.608/2003 - CÓDIGO DE POSTURAS DO MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/436/projeto_de_lei__049.2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/436/projeto_de_lei__049.2020_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER À NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/437/projeto_de_lei__050.2020_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/437/projeto_de_lei__050.2020_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS URBANÍSTICAS PARA A IMPLANTAÇÃO E O RESPECTIVO LICENCIAMENTO DE INFRAESTRUTURA DE SUPORTE PARA TELECOMUNICAÇÕES.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/438/projeto_de_lei_051.2020exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/438/projeto_de_lei_051.2020exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ALEGRE COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL- RPPS, GERIDO PELO IPASMA</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
     <t>Claudinho de Rive</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/362/projeto_de_resolucao_no_001.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/362/projeto_de_resolucao_no_001.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Adriana Madeira Alvares da Silva, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>Claudinho do Café</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/371/projeto_de_resolucao_no_002.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/371/projeto_de_resolucao_no_002.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Marli Ramos da Silva Amaral, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/364/projeto_de_resolucao_no_003.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/364/projeto_de_resolucao_no_003.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Maria da Penha Silva dos Reis, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Concede Título a Sueli Garcia Jeanmonod Luz, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>Marquinho Bambu</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/366/projeto_de_resolucao_no_005.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/366/projeto_de_resolucao_no_005.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Maria Emília Celestino Santos, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Mário Pezão</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/367/projeto_de_resolucao_no_006.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/367/projeto_de_resolucao_no_006.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Maria Alice Valory Alves, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/368/projeto_de_resolucao_no_007.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/368/projeto_de_resolucao_no_007.2020.pdf</t>
   </si>
   <si>
     <t>Angélica de Serqueira Quadras</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/369/projeto_de_resolucao_no_008.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/369/projeto_de_resolucao_no_008.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Rosangela Vila Veniali, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/370/projeto_de_resolucao_no_009.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/370/projeto_de_resolucao_no_009.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Elizete Souza de Jesus, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>CLÁUDIO SOBREIRA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/372/projeto_de_resolucao_no_010.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/372/projeto_de_resolucao_no_010.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Maria Ribeiro dos Santos Fiorot, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Silvanea de Celina</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/373/projeto_de_resolucao_no_011.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/373/projeto_de_resolucao_no_011.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Claudete Veiga, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/374/projeto_de_resolucao_no_012.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/374/projeto_de_resolucao_no_012.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Renata Alves da Silva, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>WILLIAN BESTETE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/375/projeto_de_resolucao_no_013.2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/375/projeto_de_resolucao_no_013.2020.pdf</t>
   </si>
   <si>
     <t>Concede Título a Zilda Demartini Mauri, pelo Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/413/resolucao_no_014.2020-revoga_licenca.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/413/resolucao_no_014.2020-revoga_licenca.pdf</t>
   </si>
   <si>
     <t>REVOGA LICENÇA DE VEREADOOR INVESTIDO EM CARGO DE SECRETÁRIO MUNICIPAL - EMERSON GOMES ALVES</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/414/resolucao_no_015.2020-19h.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/414/resolucao_no_015.2020-19h.pdf</t>
   </si>
   <si>
     <t>ALTERA TEMPORARIAMENTE O HORÁRIO DE INÍCIO DAS SESSÕES PLENÁRIAS ORDINÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
     <t>Iniciativa Popular</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/343/denuncia_jgga.01.2020-educacao.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/343/denuncia_jgga.01.2020-educacao.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA EM FACE DO PREFEITO MUNICIPAL SR. JOSÉ GUILHERME GONÇALVES AGUILAR, POR FATOS REFERENTES À SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/427/denuncia_19.10.2020-fortalezza_ambiental.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/427/denuncia_19.10.2020-fortalezza_ambiental.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA EM DESFAVOR DO VEREADOR MÁRIO WESLEY PAIVA ZANETTI RELACIONADOS À CONTRATAÇÃO DA EMPRESA FORTALEZA AMBIENTAL.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/429/denuncia_jgga.03.2020-patrimonio.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/429/denuncia_jgga.03.2020-patrimonio.pdf</t>
   </si>
   <si>
     <t>DENUNCIA EM DESFAVOR DO PREFEITO MUNICIPAL POR DESCASO NA PROTEÇÃO AO PATRIMONIO PÚBLICO</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Oficios Expedidos 2020</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/333/oficios_scs_2020_On2bhPp.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/333/oficios_scs_2020_On2bhPp.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pelo Vereador ao longo do ano de 2020.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/334/oficios_mad_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/334/oficios_mad_2020.pdf</t>
   </si>
   <si>
     <t>Ofícios expedidos pelo Vereador ao longo do ano de 2020.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/335/oficios_rbm_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/335/oficios_rbm_2020.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/336/oficios_rp_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/336/oficios_rp_2020.pdf</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/406/oficios_ega_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/406/oficios_ega_2020.pdf</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/338/oficios_mr_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/338/oficios_mr_2020.pdf</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/339/oficios_mwpz_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/339/oficios_mwpz_2020.pdf</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/340/oficios_svpb_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/340/oficios_svpb_2020.pdf</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/341/oficios_wab_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/341/oficios_wab_2020.pdf</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/342/oficios_mags_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/342/oficios_mags_2020.pdf</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/353/oficios_tar_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/353/oficios_tar_2020.pdf</t>
   </si>
   <si>
     <t>Ofícios expedidos pelo Vereador ao longo do ano de 2020</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/354/oficios_csp_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/354/oficios_csp_2020.pdf</t>
   </si>
   <si>
     <t>Ofícios expedidos pelo Vereador ao longo doa no de 2020.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/355/oficios_lcgs_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/355/oficios_lcgs_2020.pdf</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/403/oficios_ram_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/403/oficios_ram_2020.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pelo Vereador ao longo do ano de 2020</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>Of D</t>
   </si>
   <si>
     <t>Ofícios Diretos 2020</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/398/oficios_csp_2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/398/oficios_csp_2020.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados internamente durante o ano de 2020</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/399/luiz_claudio_g._satyro_-_of.part._2020_TkFJRWb.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/399/luiz_claudio_g._satyro_-_of.part._2020_TkFJRWb.pdf</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/400/marcos_rubim_-_of._2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/400/marcos_rubim_-_of._2020.pdf</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/401/marcus_a._g._de_souza_-_of._part._2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/401/marcus_a._g._de_souza_-_of._part._2020.pdf</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/402/theo_-_of.part._2020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/402/theo_-_of.part._2020.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1548,68 +1548,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/344/projeto_001.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/345/projeto_004.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/346/projeto_005.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/347/projeto_006.2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/348/projeto_007.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/385/projeto_008.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/394/projeto_009.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/395/projeto_010.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/412/projeto_011.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/408/projeto_012.2020_cma.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/409/projeto_013.2020_cma.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/411/projeto_014.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/417/projeto_de_lei_015.2020-cma.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/418/projeto_de_lei_016.2020-cma.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/420/projeto_017.2020-cma.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/421/projeto_018.2020-cma.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/426/projeto_de_lei_no_019.202-cma.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/431/projeto_de_lei_020-2020_cma.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/433/projeto_de_lei_022-2020_cma.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/434/projeto_de_lei_022-2020_cma.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/435/projeto_de_lei_024-2020_cma.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_001.2020.exe.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_002.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_003.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/328/projeto_004.2020.exe.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/329/projeto_005.2020.exe.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/330/projeto_006.2020.exe.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/331/projeto_007.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/349/projeto_010_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/350/projeto_011_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/351/projeto_012_exe_2020_I6pbXV4.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/352/projeto_013_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/357/projeto_014_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/359/projeto_016_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/360/projeto_017_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/376/projeto_018.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/377/projeto_019.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/378/projeto_020.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/379/projeto_021.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/380/projeto_022.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/381/projeto_023.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/382/projeto_024.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/383/projeto_025_2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/384/projeto_026_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/386/projeto_027_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/387/projeto_028_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/388/projeto_029_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/389/projeto_031exe_2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/390/projeto_032exe_2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/391/projeto_033_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/392/projeto_034_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/393/projeto_035_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/397/projeto_036.2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/404/projeto_037.2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/407/projeto_038.2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/410/projeto_039.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/416/projeto_040_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/415/projeto_041_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/419/projeto_042.2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/422/projeto_043.2020-exe.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/423/projeto_044.2020-exe.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/424/projeto_045.2020-exe.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/425/projeto_046.2020-exe.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/428/projeto_047.2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/430/projeto__048-2020_exe.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/436/projeto_de_lei__049.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/437/projeto_de_lei__050.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/438/projeto_de_lei_051.2020exe.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/362/projeto_de_resolucao_no_001.2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/371/projeto_de_resolucao_no_002.2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/364/projeto_de_resolucao_no_003.2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/366/projeto_de_resolucao_no_005.2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/367/projeto_de_resolucao_no_006.2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/368/projeto_de_resolucao_no_007.2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/369/projeto_de_resolucao_no_008.2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/370/projeto_de_resolucao_no_009.2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/372/projeto_de_resolucao_no_010.2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/373/projeto_de_resolucao_no_011.2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/374/projeto_de_resolucao_no_012.2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/375/projeto_de_resolucao_no_013.2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/413/resolucao_no_014.2020-revoga_licenca.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/414/resolucao_no_015.2020-19h.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/343/denuncia_jgga.01.2020-educacao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/427/denuncia_19.10.2020-fortalezza_ambiental.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/429/denuncia_jgga.03.2020-patrimonio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/333/oficios_scs_2020_On2bhPp.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/334/oficios_mad_2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/335/oficios_rbm_2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/336/oficios_rp_2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/406/oficios_ega_2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/338/oficios_mr_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/339/oficios_mwpz_2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/340/oficios_svpb_2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/341/oficios_wab_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/342/oficios_mags_2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/353/oficios_tar_2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/354/oficios_csp_2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/355/oficios_lcgs_2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/403/oficios_ram_2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/398/oficios_csp_2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/399/luiz_claudio_g._satyro_-_of.part._2020_TkFJRWb.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/400/marcos_rubim_-_of._2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/401/marcus_a._g._de_souza_-_of._part._2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/402/theo_-_of.part._2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/344/projeto_001.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/345/projeto_004.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/346/projeto_005.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/347/projeto_006.2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/348/projeto_007.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/385/projeto_008.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/394/projeto_009.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/395/projeto_010.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/412/projeto_011.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/408/projeto_012.2020_cma.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/409/projeto_013.2020_cma.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/411/projeto_014.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/417/projeto_de_lei_015.2020-cma.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/418/projeto_de_lei_016.2020-cma.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/420/projeto_017.2020-cma.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/421/projeto_018.2020-cma.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/426/projeto_de_lei_no_019.202-cma.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/431/projeto_de_lei_020-2020_cma.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/433/projeto_de_lei_022-2020_cma.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/434/projeto_de_lei_022-2020_cma.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/435/projeto_de_lei_024-2020_cma.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/325/projeto_001.2020.exe.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/326/projeto_002.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/327/projeto_003.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/328/projeto_004.2020.exe.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/329/projeto_005.2020.exe.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/330/projeto_006.2020.exe.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/331/projeto_007.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/349/projeto_010_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/350/projeto_011_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/351/projeto_012_exe_2020_I6pbXV4.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/352/projeto_013_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/357/projeto_014_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/359/projeto_016_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/360/projeto_017_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/376/projeto_018.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/377/projeto_019.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/378/projeto_020.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/379/projeto_021.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/380/projeto_022.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/381/projeto_023.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/382/projeto_024.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/383/projeto_025_2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/384/projeto_026_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/386/projeto_027_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/387/projeto_028_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/388/projeto_029_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/389/projeto_031exe_2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/390/projeto_032exe_2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/391/projeto_033_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/392/projeto_034_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/393/projeto_035_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/397/projeto_036.2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/404/projeto_037.2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/407/projeto_038.2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/410/projeto_039.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/416/projeto_040_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/415/projeto_041_exe_2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/419/projeto_042.2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/422/projeto_043.2020-exe.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/423/projeto_044.2020-exe.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/424/projeto_045.2020-exe.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/425/projeto_046.2020-exe.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/428/projeto_047.2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/430/projeto__048-2020_exe.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/436/projeto_de_lei__049.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/437/projeto_de_lei__050.2020_exe.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/438/projeto_de_lei_051.2020exe.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/362/projeto_de_resolucao_no_001.2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/371/projeto_de_resolucao_no_002.2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/364/projeto_de_resolucao_no_003.2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/366/projeto_de_resolucao_no_005.2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/367/projeto_de_resolucao_no_006.2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/368/projeto_de_resolucao_no_007.2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/369/projeto_de_resolucao_no_008.2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/370/projeto_de_resolucao_no_009.2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/372/projeto_de_resolucao_no_010.2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/373/projeto_de_resolucao_no_011.2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/374/projeto_de_resolucao_no_012.2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/375/projeto_de_resolucao_no_013.2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/413/resolucao_no_014.2020-revoga_licenca.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/414/resolucao_no_015.2020-19h.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/343/denuncia_jgga.01.2020-educacao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/427/denuncia_19.10.2020-fortalezza_ambiental.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/429/denuncia_jgga.03.2020-patrimonio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/333/oficios_scs_2020_On2bhPp.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/334/oficios_mad_2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/335/oficios_rbm_2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/336/oficios_rp_2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/406/oficios_ega_2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/338/oficios_mr_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/339/oficios_mwpz_2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/340/oficios_svpb_2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/341/oficios_wab_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/342/oficios_mags_2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/353/oficios_tar_2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/354/oficios_csp_2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/355/oficios_lcgs_2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/403/oficios_ram_2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/398/oficios_csp_2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/399/luiz_claudio_g._satyro_-_of.part._2020_TkFJRWb.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/400/marcos_rubim_-_of._2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/401/marcus_a._g._de_souza_-_of._part._2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2020/402/theo_-_of.part._2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>