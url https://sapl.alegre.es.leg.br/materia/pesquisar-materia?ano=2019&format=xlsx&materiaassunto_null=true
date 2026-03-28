--- v0 (2026-01-31)
+++ v1 (2026-03-28)
@@ -51,1554 +51,1554 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Atos da Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/235/ato_da_mesa_001.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/235/ato_da_mesa_001.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Tio Marcos Dino</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/250/decreto_04.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/250/decreto_04.2019.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA “ESCOLA VAI À CÂMARA”, DESTINADO À VISITA DE ESTUDANTES ALEGRENSES, DO ENSINO FUNDAMENTAL AO MÉDIO, À CÂMARA MUNICIPAL DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/307/decreto_06.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/307/decreto_06.2019.pdf</t>
   </si>
   <si>
     <t>Concede aposentadoria voluntária por idade e proporcional ao tempo de contribuição a servidora pública NEUZA VITAL MACHADO</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/308/decreto_07.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/308/decreto_07.2019.pdf</t>
   </si>
   <si>
     <t>Concede aposentadoria a servidora pública ROSIMERI SAID MASSINI</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/309/projeto_decreto_08.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/309/projeto_decreto_08.2019.pdf</t>
   </si>
   <si>
     <t>SUSTA, POR EXORBITÂNCIA DO PODER REGULAMENTAR, O DECRETO MUNICIPAL N° 11.309, DE 08 DE MAIO DE 2019, QUE “DISPÕE SOBRE A REGULAMENTAÇÃO DE UTILIZAÇÃO DE ATESTADO MÉDICO E READAPTAÇÃO FUNCIONAL/LABORAI NO ÂMBITO DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/356/projeto_decreto_09.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/356/projeto_decreto_09.2019.pdf</t>
   </si>
   <si>
     <t>Susta por exorbitância do poder regulamentar o Decreto Municipal nº 11.407/2019</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>OF 2</t>
   </si>
   <si>
     <t>Ofícios Expedidos 2019</t>
   </si>
   <si>
     <t>Claudinho de Rive</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/202/oficios_csp_2019_rAuPK9v.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/202/oficios_csp_2019_rAuPK9v.pdf</t>
   </si>
   <si>
     <t>Ofícios encaminhados pelo Vereador ao longo do ano de 2019.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Claudinho do Café</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/203/oficios_lcgs_2019_4RRCCcU.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/203/oficios_lcgs_2019_4RRCCcU.pdf</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ITA POLASTRELI</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/204/oficios_rp_2019_sIzEHR1.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/204/oficios_rp_2019_sIzEHR1.pdf</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Marquinho Bambu</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/205/oficios_mags_2019_qnYSl3v.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/205/oficios_mags_2019_qnYSl3v.pdf</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Marquinho do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/206/oficios_mr_2019_v9QRIdz.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/206/oficios_mr_2019_v9QRIdz.pdf</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Mosca</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/207/oficios_ega_2019_GgTAX0Z.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/207/oficios_ega_2019_GgTAX0Z.pdf</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Mário Pezão</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/208/oficios_mwpz_2019_y0LTZ7E.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/208/oficios_mwpz_2019_y0LTZ7E.pdf</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>ROMAR AZEVEDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/209/romar_-_of._2021.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/209/romar_-_of._2021.pdf</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Romário Brasil</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/210/oficios_rbm_2019_nIjRdX6.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/210/oficios_rbm_2019_nIjRdX6.pdf</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Silvanea de Celina</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/211/oficios_svpb_2019_05S2PCr.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/211/oficios_svpb_2019_05S2PCr.pdf</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Theo Alves da Rocha</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/212/oficios_tar_2019_q0JGtzL.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/212/oficios_tar_2019_q0JGtzL.pdf</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/213/oficios_mad_2019_uWtW23J.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/213/oficios_mad_2019_uWtW23J.pdf</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>WILLIAN BESTETE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/214/oficios_wab_2019_ZndcXv7.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/214/oficios_wab_2019_ZndcXv7.pdf</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>CLÁUDIO SOBREIRA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/316/oficios_scs_2019_oOMOy94.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/316/oficios_scs_2019_oOMOy94.pdf</t>
   </si>
   <si>
     <t>Ofícios expedidos pelo Vereador ao longo do ano de 2019.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>PRT</t>
   </si>
   <si>
     <t>Portaria Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/231/portaria_001.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/231/portaria_001.2019.pdf</t>
   </si>
   <si>
     <t>NOMEIA SERVIDOR PARA A FUNÇÃO DE CHEFE DE TESOURARIA DA CÂMARA.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/232/portaria_002.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/232/portaria_002.2019.pdf</t>
   </si>
   <si>
     <t>NOMEIA COMISSÃO PERMANENTE DE LICITAÇÃO</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/233/portaria_003.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/233/portaria_003.2019.pdf</t>
   </si>
   <si>
     <t>DESTITUI E NOMEIA MEMBRO DA COMISSÃO DE LICITAÇÃO/CMA</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/234/portaria_004.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/234/portaria_004.2019.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS PARA COMISSÃO TÉCNICA DE EVOLUÇÃO FUNCIONAL</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/774/decreto_legislativo_no_001.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/774/decreto_legislativo_no_001.2019.pdf</t>
   </si>
   <si>
     <t>MANTÉM PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E REJEITA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE- ES, REFERENTE AO EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/775/decreto_legislativo_no_002.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/775/decreto_legislativo_no_002.2019.pdf</t>
   </si>
   <si>
     <t>MANTÉM PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E REJEITA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE- ES, REFERENTE AO EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/776/decreto_legislativo_no_003.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/776/decreto_legislativo_no_003.2019.pdf</t>
   </si>
   <si>
     <t>MANTÉM PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO E REJEITA AS CONTAS DA PREFEITURA MUNICIPAL DE ALEGRE- ES, REFERENTE AO EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/236/projeto_de_decreto_004.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/236/projeto_de_decreto_004.2019.pdf</t>
   </si>
   <si>
     <t>CRIA PROGRAMA “ESCOLA VAI À CÂMARA”, DESTINADO À VISITA DE ESTUDANTES ALEGRENSES À CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>PLCMA</t>
   </si>
   <si>
     <t>Projeto de Lei CMA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/215/projeto_001.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/215/projeto_001.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AFIXAÇÃO DE CARTAZ ALERTANDO SOBRE OS PERIGOS DA AUTOMEDICAÇÃO EM TODAS AS FARMÁCIAS, HOSPITAIS, PRONTO ATENDIMENTO E UNIDADES DE SAÚDE LOCALIZADOS NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/216/projeto_002.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/216/projeto_002.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE TODAS AS UNIDADES DE ENSINO DISPONIBILIZAR NO MÍNIMO 01 (UM) PROFISSIONAL COM CURSO DE PRIMEIROS SOCORROS PARA ATENDIMENTO EMERGENCIAL.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/217/projeto_003.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/217/projeto_003.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PARÂMETROS DE ATUAÇÃO PREVENTIVA NO COMBATE AO USO DE ENTORPECENTES NO AMBIENTE ESCOLAR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/222/projeto_004.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/222/projeto_004.2019.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO INCISO IX DO ART. 1º DA LEI MUNICIPAL Nº 3.297/2013.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/228/projeto_06.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/228/projeto_06.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA "CÂMARA ITINERANTE" NO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/224/projeto_006.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/224/projeto_006.2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE MEDIDAS PROTETIVAS E PROCEDIMENTOS PARA OS CASOS DE VIOLÊNCIA CONTRA DOCENTES E SERVIDORES DO MAGISTÉRIO PÚBLICO O MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/225/projeto_007.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/225/projeto_007.2019.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 1O DA LEI MUNICIPAL N° 2.364/97.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/226/projeto_008.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/226/projeto_008.2019.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO, O DIA MUNICIPAL DO CICLISTA.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/230/projeto_09.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/230/projeto_09.2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NECESSIDADE DE REDUÇÃO DE DESPESAS COM PUBLICIDADE POR PARTE DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/237/projeto_10.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/237/projeto_10.2019.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA COMUNIDADE DA ROSEIRA</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/242/projeto_011.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/242/projeto_011.2019.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NO MUNICÍPIO DE ALEGRE -"LUIZA GOMES SATYRO".</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/243/projeto_12.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/243/projeto_12.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OBRIGATORIEDADE DE IMPLANTAÇÃO DO PROGRAMA DE INTEGRIDADE NAS EMPRESAS QUE CONTRATAM  COM A ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/244/projeto_13.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/244/projeto_13.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE LOGÍSTICA REVERSA PARA DESCARTE DE COPOS, PRATOS E TALHERES PLÁSTICOS NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/246/projeto_014.2019cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/246/projeto_014.2019cma.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº 3.320/2014</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/251/projeto_de_lei_cma_015-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/251/projeto_de_lei_cma_015-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VEDAÇÃO DE CORTE NO FORNECIMENTO DE ÁGUA NO MUNICÍPIO DE ALEGRE-ES</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/254/projeto_de_lei_cma_016-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/254/projeto_de_lei_cma_016-2019.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO O ENCONTRO DE TRILHEIROS DE ARARAÍ.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/281/projeto_017.2019_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/281/projeto_017.2019_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS LOCALIZADOS NO LOTEAMENTO “XAVIER”, PERÍMETRO URBANO DA SEDE DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/282/projeto_018.2019_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/282/projeto_018.2019_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS LOCALIZADOS NO LOTEAMENTO RESIDENCIAL “DONA LORA”, ÀS MARGENS DA RODOVIA BR 482-ES, PERÍMETRO URBANO DA SEDE DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/285/projeto_020.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/285/projeto_020.2019.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/286/projeto_021.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/286/projeto_021.2019.pdf</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/304/projeto_022.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/304/projeto_022.2019.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O QUADRO DE PESSOAL COMISSIONADOS DA CÂMARA MUNICIPAL DE ALEGRE-ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/312/projeto_23_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/312/projeto_23_cma.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO DE NATAL AOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE ALEGRE-ES</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/314/projeto_024.2019-cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/314/projeto_024.2019-cma.pdf</t>
   </si>
   <si>
     <t>ALTERA DENOMINAÇÃO DE LOGRADOURO PÚBLICO NO DISTRITO DE CELINA (Rua Maria Luiza Morelli de Souza)</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/</t>
+    <t>http://sapl.alegre.es.leg.br/media/</t>
   </si>
   <si>
     <t>PROPÕE DIRETRIZES CURRICULARES MUNICIPAIS PARA A EDUCAÇÃO DAS RELAÇÕES ÉTNICO-RACIAIS NO SISTEMA MUNICIPAL DE ENSINO DE ALEGRE</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>INSTITUI TÍTULO DE HONRA AO MÉRITO "CELINA DOS SANTOS ABREU"</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/319/projeto_027-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/319/projeto_027-2019.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOUROS PÚBLICOS NO LOTEAMENTO ZEQUINHA VIAL, DISTRITO DE ANUTIBA, NESTE MUNICÍPIO DE ALEGRE/ES</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_001.2019.exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_001.2019.exe.pdf</t>
   </si>
   <si>
     <t>CRIA O ABRIGO INSTITUCIONAL</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_004.2019.exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_004.2019.exe.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reformulação do Conselho Municipal de Assistência Social e do Fundo Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_005.2019.exe_gpcVBLv.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_005.2019.exe_gpcVBLv.pdf</t>
   </si>
   <si>
     <t>Altera valores estabelecidos por diária no Anexo I da Lei Municipal nº 3.484/2018.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/199/projeto_006.2019.exe_rDvOg1A.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/199/projeto_006.2019.exe_rDvOg1A.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3.457/2017, que dispõe sobre o Fundo Municipal de Meio Ambiente de Alegre.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/220/projeto_008.2019_a6YvDtZ.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/220/projeto_008.2019_a6YvDtZ.pdf</t>
   </si>
   <si>
     <t>DESAFETA E AUTORIZA O PODER EXECUTIVO A ALIENAR OS BENS IMÓVEIS QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/219/projeto_009.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/219/projeto_009.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PLANO DE AMORTIZAÇÃO DO DÉFICIT ATUARIAL POR ALÍQUOTA SUPLEMENTAR, DESTINADAS AO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DO MUNICÍPIO DE ALEGRE - IPASMA.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/240/projeto_010.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/240/projeto_010.2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “MEU PRIMEIRO EMPREGO”, PARA CONTRATAÇÃO DE INICIANTES NO MERCADO DE TRABALHO.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/221/projeto_012.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/221/projeto_012.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/223/projeto_013.2019_tPJmiio.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/223/projeto_013.2019_tPJmiio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOVA POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/245/projeto_014.2019_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/245/projeto_014.2019_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A "DOAÇÃO DE PRÊMIOS" AOS PRODUTORES RURAIS DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/241/projeto_015.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/241/projeto_015.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITO SUPLEMENTAR DURANTE A EXECUÇÃO DO ORÇAMENTO MUNICIPAL NO EXERCÍCIO DE 2019</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/229/projeto_016.2019_9E7583g.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/229/projeto_016.2019_9E7583g.pdf</t>
   </si>
   <si>
     <t>EXTINGUE E CRIA CARGOS COMISSIONADOS, CRIA NTI</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/238/projeto_017.2019_TpZypz7.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/238/projeto_017.2019_TpZypz7.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.457/2017, ALTERADA PELA LEI Nº 3.538/19, QUE DISPÕE SOBRE O FUNDO MUNICIPAL DE MEIO AMBIENTE</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/239/projeto_018.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/239/projeto_018.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PRÊMIO “ALEGRE AMBIENTAL”.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/253/projeto_de_lei_exe_019-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/253/projeto_de_lei_exe_019-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR CESSÃO DE USO GRATUITO DE BEM MÓVEL À CASA DE CARIDADE SÃO JOSÉ.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/248/projeto_020.2019_FQ3VKJb.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/248/projeto_020.2019_FQ3VKJb.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE DE TARIFA DE ÁGUA E ESGOTO DO SAAE.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/249/projeto_021.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/249/projeto_021.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/252/projeto_022.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/252/projeto_022.2019.pdf</t>
   </si>
   <si>
     <t>DESAFETA E AUTORIZA O PODER EXECUTIVO A ALIENAR O BEM IMÓVEL QUE ESPECIFICA</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/255/projeto_de_lei_023-19_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/255/projeto_de_lei_023-19_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO i DA LEI MUNICIPAL Nº 3.529/2018.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/256/projeto_de_lei_no_024.2019_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/256/projeto_de_lei_no_024.2019_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVOA PROCEDER A CESSÃO DE USO DE BEM MÓVEL ÀS ASSOCIAÇÕES DO MUNICÍIO DE ALEGRE.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/257/projeto_de_lei_no_025.2019_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/257/projeto_de_lei_no_025.2019_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O eXECUTIVO A FORMALIZAR PARCELAMENTO DE DÉBITOS JUNTO AO CONCRIAA</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/283/projeto_de_lei_no_028.2019_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/283/projeto_de_lei_no_028.2019_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITOS SUPLEMENTARES DURANTE A EXECUÇÃO DO ORÇAMENTO MUNICIPAL 2019</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/284/projeto_029.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/284/projeto_029.2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 13 DA LEI MUNICIPAL N° 2.812/2007, QUE DISPÕE SOBRE A REESTRUTURAÇÃO DO IPASMA</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/287/projeto_030.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/287/projeto_030.2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE DO MUNICÍPIO - R$ 150.000,00.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/313/projeto_031.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/313/projeto_031.2019.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE ALEGRE PARA O EXERCÍCIO FINANCEIRO DE 2020</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/305/projeto_033.2019._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/305/projeto_033.2019._exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DOS ART. 5º e 8º DA lEI mUNICIPAL Nº 2.869/2007</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/306/projeto_034.2019._exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/306/projeto_034.2019._exe.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO DE TAXI NO MUNICÍPIO DE ALEGRE/ES.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PROÍBE A INAUGURAÇÃO E A ENTREGA DE OBRAS PÚBLICAS INCOMPLETAS OU QUE, EMBORA CONCLUÍDAS, NÃO ATENDAM AO FIM A QUE SE DESTINAM</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/311/projeto_036_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/311/projeto_036_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE PROFISSIONAIS, POR PRAZO DETERMINADO, PARA ATENDER A IMPERIOSA NECESSIDADE DO REGULAR FUNCIONAMENTO DA SECRETARIA MUNICIPAL DE SAÚDE, OBRAS, DESENVOLVIMENTO RURAL E MEIO AMBIENTE</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/315/proojeto_037.2019_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/315/proojeto_037.2019_exe.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE ALEGRE O CADASTRO TÉCNICO AMBIENTAL DE ATIVIDADES - CTAA, E INSTITUI A TAXA DE CONTROLE E FISCALIZAÇÃO AMBIENTAL MUNICIPAL - TCFA-M,</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/320/projeto_038-2019-exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/320/projeto_038-2019-exe.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 5º, 6º E REVOGA O ART. 8º DA LEI 2.869/2007.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/321/projeto_039-2019_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/321/projeto_039-2019_exe.pdf</t>
   </si>
   <si>
     <t>INSERE CARGO AO ANEXO I DA LEI MUNICIPAL Nº 3.566/2019</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/322/projeto_041-2019_exe_BC1lMLW.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/322/projeto_041-2019_exe_BC1lMLW.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 79 E O ANEXO 3 DA LEI MUNICIPAL Nº2.980/2008 (PDM) E REVOGA ANEXO 6</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/323/projeto_042-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/323/projeto_042-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE ABONO AOS PROFISSIONAIS DO MAGISTÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/454/res_015.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/454/res_015.2019.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO ESPECIAL DE INQUÉRITO</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/280/projeto_de_res._039-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/280/projeto_de_res._039-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ALEGRE.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/182/resolucao_01.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/182/resolucao_01.2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da Câmara Municipal de Alegre-ES permitir acesso irrestrito à base cadastral informatizada e/ou física de todos os servidores ativos e respectivos dependentes, sempre que solicitado pelo IPASMA</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/183/resolucao_02.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/183/resolucao_02.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora REGINA CÉLIA DOS SANTOS MOREIRA,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/184/resolucao_03.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/184/resolucao_03.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora VERA LÚCIA DE PAULA FREITAS,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/185/resolucao_04.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/185/resolucao_04.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora ALICE MARIA PEREIRA,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/186/resolucao_05.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/186/resolucao_05.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora ZULMIRA FERREIRA DA SILVA,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/187/resolucao_06.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/187/resolucao_06.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora TANIA MARIA DE OLIVEIRA MARTINS,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/188/resolucao_07.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/188/resolucao_07.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora JOELMA ALICE DE AGUIAR ASSIS,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/189/resolucao_08.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/189/resolucao_08.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora LUCIA HELENA SILVA DINO,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/190/resolucao_09.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/190/resolucao_09.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora ANDRESSA BAUDSON MOREIRA RAGGI,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/191/resolucao_10.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/191/resolucao_10.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora CARLOTA ESTEVES DE MEDEIROS,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/192/resolucao_11.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/192/resolucao_11.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora MARISE MOURA SIQUEIRA,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/193/resolucao_12.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/193/resolucao_12.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora MARIA SEBASTIANA MORELLI DA SILVA,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/194/resolucao_13.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/194/resolucao_13.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora REGINA MARIA MACEDO DOS SANTOS,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/195/resolucao_14.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/195/resolucao_14.2019.doc</t>
   </si>
   <si>
     <t>Concede à Senhora ELIEGI APARECIDA RADAEL ALBIANI,  o Diploma de Honra ao Mérito em homenagem ao “DIA INTERNACIONAL DA MULHER”.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/196/resolucao_15.2019.doc</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/196/resolucao_15.2019.doc</t>
   </si>
   <si>
     <t>Cria Comissão Especial de Inquérito na Câmara Municipal de Alegre-ES, para apuração de possíveis irregularidades na utilização de recursos públicos para custeio de obras de reforma em imóvel pertencente ao Governo do Estado do Espírito Santo, sem a devida autorização</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/218/resolucao_16.2019.doc.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/218/resolucao_16.2019.doc.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos à Resolução nº 008/1995, que contém o regimento Interno da CMA</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/258/resolucao_017-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/258/resolucao_017-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Luis João Corinto</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/259/resolucao_018-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/259/resolucao_018-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Sebastião Sérgio Capichoni Ferreira</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/260/resolucao_019-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/260/resolucao_019-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadã Alegrense" à Sra. Sônia Maria Cirigliano Heiderick.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/261/resolucao_021-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/261/resolucao_021-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Antônio Paulino Boschetti Rebello.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/262/resolucao_022-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/262/resolucao_022-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Antôni Paulino Boschetti Rebello.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/263/resolucao_022-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/263/resolucao_022-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Leandro Pin Dalvi.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/264/resolucao_023-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/264/resolucao_023-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Pr. Sérgio Paulo Martins da Silva.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/265/resolucao_024-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/265/resolucao_024-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadã Alegrense" a Sra. Evânia Geralda da Silva.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/266/resolucao_025-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/266/resolucao_025-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr.Antônio Gustavo Favato Costa.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/267/resolucao_026-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/267/resolucao_026-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Valcy Correa.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/268/resolucao_027-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/268/resolucao_027-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Erick Cabral Musso.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/269/resolucao_028-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/269/resolucao_028-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadã Alegrense" à Sra. Alessandra vasconcelos Albergaria.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/270/resolucao_029-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/270/resolucao_029-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Ulysses Paes Cabral.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/271/resolucao_030-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/271/resolucao_030-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrense" ao Sr. Gov. José Renato Casagrande.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/272/resolucao_031-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/272/resolucao_031-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Alegrense Ausente" ao Cel. Maurício Vieira Gama.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/273/resolucao_032-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/273/resolucao_032-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito "Elias Simão" ao Sr. Renan Macedo Rangel.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/274/resolucao_033-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/274/resolucao_033-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito " Mons. João Batista Pavesi" ao Sr. Marcelino Tulli de Souza.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/275/resolucao_034-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/275/resolucao_034-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito "Mons. José Bellotti" ao Sr. José Gonzaga Vargas.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/276/resolucao_035-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/276/resolucao_035-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Amigo de Alegre" ao Pr. Aldair José Vieira da SIlva.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/277/resolucao_036-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/277/resolucao_036-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Benemérito" ao Sr. Memrod Emerick.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/278/resolucao_037-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/278/resolucao_037-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito "Pastor Francisco Colares" ao Pr. Isaías Vieira.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/279/resolucao_038-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/279/resolucao_038-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de "Cidadão Alegrese" ao Dep. Federal Sr. Amaro Rocha Nascimento Neto.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/288/resolucao_039.2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/288/resolucao_039.2019.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/289/resolucao_040-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/289/resolucao_040-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora ROSANE DEMIAN SANTOS MOZELI, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/290/resolucao_041-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/290/resolucao_041-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora LUCIMAR TURINI MALVINO, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/293/resolucao_042-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/293/resolucao_042-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora VALESKA DE MELO SESSA CARVALHO, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/292/resolucao_043-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/292/resolucao_043-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora MÁRCIA CRISTINA AGUIAR, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/294/resolucao_044-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/294/resolucao_044-2019.pdf</t>
   </si>
   <si>
     <t>Concede ao Professor LUCIANO CAPICHONI DA CUNHA, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/295/resolucao_045-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/295/resolucao_045-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora CARMEN TEREZINHA GOMES SANTOS FREITAS, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/296/resolucao_046-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/296/resolucao_046-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora LUIZA MARIA TURINI PÍCCOLO, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/297/resolucao_047-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/297/resolucao_047-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora MARIA DE LOURDES ASSIS DIAS, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/298/resolucao_048-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/298/resolucao_048-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora MARIA DA PENHA DEZIDERIO DOS SANTOS LEITE, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/299/resolucao_049-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/299/resolucao_049-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora SÔNIA MARIA MARTINS DE SOUZA, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/300/resolucao_050-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/300/resolucao_050-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora EDITH DE OLIVEIRA VIEIRA MATHIAS, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/301/resolucao_051-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/301/resolucao_051-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora VIRGÍNIA D`AGOSTIN BAPTISTA CHARLES, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/302/resolucao_052-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/302/resolucao_052-2019.pdf</t>
   </si>
   <si>
     <t>Concede a Professora DALVA DE SALES AZEREDO, o Título de “Educador Emérito”.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/303/resolucao_053-2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/303/resolucao_053-2019.pdf</t>
   </si>
   <si>
     <t>Concede ao GRUPO DE AGRICULTURA ECOLÓGICA KAPI’XAWA, o Título de “Amigo do Meio Ambiente”.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/247/denuncia_jgga_-_terreno_e_r.receita.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/247/denuncia_jgga_-_terreno_e_r.receita.pdf</t>
   </si>
   <si>
     <t>Denúncia em desfavor do Prefeito Municipal José Guilherme Gonçalves Aguilar - Doação de terreno sem autorização legislativa e renúncia de receita.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1905,68 +1905,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/235/ato_da_mesa_001.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/250/decreto_04.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/307/decreto_06.2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/308/decreto_07.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/309/projeto_decreto_08.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/356/projeto_decreto_09.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/202/oficios_csp_2019_rAuPK9v.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/203/oficios_lcgs_2019_4RRCCcU.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/204/oficios_rp_2019_sIzEHR1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/205/oficios_mags_2019_qnYSl3v.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/206/oficios_mr_2019_v9QRIdz.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/207/oficios_ega_2019_GgTAX0Z.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/208/oficios_mwpz_2019_y0LTZ7E.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/209/romar_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/210/oficios_rbm_2019_nIjRdX6.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/211/oficios_svpb_2019_05S2PCr.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/212/oficios_tar_2019_q0JGtzL.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/213/oficios_mad_2019_uWtW23J.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/214/oficios_wab_2019_ZndcXv7.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/316/oficios_scs_2019_oOMOy94.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/231/portaria_001.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/232/portaria_002.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/233/portaria_003.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/234/portaria_004.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/774/decreto_legislativo_no_001.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/775/decreto_legislativo_no_002.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/776/decreto_legislativo_no_003.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/236/projeto_de_decreto_004.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/215/projeto_001.2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/216/projeto_002.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/217/projeto_003.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/222/projeto_004.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/228/projeto_06.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/224/projeto_006.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/225/projeto_007.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/226/projeto_008.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/230/projeto_09.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/237/projeto_10.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/242/projeto_011.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/243/projeto_12.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/244/projeto_13.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/246/projeto_014.2019cma.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/251/projeto_de_lei_cma_015-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/254/projeto_de_lei_cma_016-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/281/projeto_017.2019_cma.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/282/projeto_018.2019_cma.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/285/projeto_020.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/286/projeto_021.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/304/projeto_022.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/312/projeto_23_cma.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/314/projeto_024.2019-cma.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/319/projeto_027-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_001.2019.exe.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_004.2019.exe.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_005.2019.exe_gpcVBLv.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/199/projeto_006.2019.exe_rDvOg1A.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/220/projeto_008.2019_a6YvDtZ.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/219/projeto_009.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/240/projeto_010.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/221/projeto_012.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/223/projeto_013.2019_tPJmiio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/245/projeto_014.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/241/projeto_015.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/229/projeto_016.2019_9E7583g.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/238/projeto_017.2019_TpZypz7.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/239/projeto_018.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/253/projeto_de_lei_exe_019-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/248/projeto_020.2019_FQ3VKJb.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/249/projeto_021.2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/252/projeto_022.2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/255/projeto_de_lei_023-19_exe.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/256/projeto_de_lei_no_024.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/257/projeto_de_lei_no_025.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/283/projeto_de_lei_no_028.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/284/projeto_029.2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/287/projeto_030.2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/313/projeto_031.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/305/projeto_033.2019._exe.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/306/projeto_034.2019._exe.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/311/projeto_036_exe.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/315/proojeto_037.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/320/projeto_038-2019-exe.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/321/projeto_039-2019_exe.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/322/projeto_041-2019_exe_BC1lMLW.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/323/projeto_042-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/454/res_015.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/280/projeto_de_res._039-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/182/resolucao_01.2019.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/183/resolucao_02.2019.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/184/resolucao_03.2019.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/185/resolucao_04.2019.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/186/resolucao_05.2019.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/187/resolucao_06.2019.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/188/resolucao_07.2019.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/189/resolucao_08.2019.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/190/resolucao_09.2019.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/191/resolucao_10.2019.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/192/resolucao_11.2019.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/193/resolucao_12.2019.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/194/resolucao_13.2019.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/195/resolucao_14.2019.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/196/resolucao_15.2019.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/218/resolucao_16.2019.doc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/258/resolucao_017-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/259/resolucao_018-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/260/resolucao_019-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/261/resolucao_021-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/262/resolucao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/263/resolucao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/264/resolucao_023-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/265/resolucao_024-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/266/resolucao_025-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/267/resolucao_026-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/268/resolucao_027-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/269/resolucao_028-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/270/resolucao_029-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/271/resolucao_030-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/272/resolucao_031-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/273/resolucao_032-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/274/resolucao_033-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/275/resolucao_034-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/276/resolucao_035-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/277/resolucao_036-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/278/resolucao_037-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/279/resolucao_038-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/288/resolucao_039.2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/289/resolucao_040-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/290/resolucao_041-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/293/resolucao_042-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/292/resolucao_043-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/294/resolucao_044-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/295/resolucao_045-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/296/resolucao_046-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/297/resolucao_047-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/298/resolucao_048-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/299/resolucao_049-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/300/resolucao_050-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/301/resolucao_051-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/302/resolucao_052-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/303/resolucao_053-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/247/denuncia_jgga_-_terreno_e_r.receita.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/235/ato_da_mesa_001.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/250/decreto_04.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/307/decreto_06.2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/308/decreto_07.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/309/projeto_decreto_08.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/356/projeto_decreto_09.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/202/oficios_csp_2019_rAuPK9v.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/203/oficios_lcgs_2019_4RRCCcU.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/204/oficios_rp_2019_sIzEHR1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/205/oficios_mags_2019_qnYSl3v.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/206/oficios_mr_2019_v9QRIdz.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/207/oficios_ega_2019_GgTAX0Z.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/208/oficios_mwpz_2019_y0LTZ7E.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/209/romar_-_of._2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/210/oficios_rbm_2019_nIjRdX6.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/211/oficios_svpb_2019_05S2PCr.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/212/oficios_tar_2019_q0JGtzL.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/213/oficios_mad_2019_uWtW23J.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/214/oficios_wab_2019_ZndcXv7.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/316/oficios_scs_2019_oOMOy94.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/231/portaria_001.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/232/portaria_002.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/233/portaria_003.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/234/portaria_004.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/774/decreto_legislativo_no_001.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/775/decreto_legislativo_no_002.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/776/decreto_legislativo_no_003.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/236/projeto_de_decreto_004.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/215/projeto_001.2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/216/projeto_002.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/217/projeto_003.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/222/projeto_004.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/228/projeto_06.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/224/projeto_006.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/225/projeto_007.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/226/projeto_008.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/230/projeto_09.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/237/projeto_10.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/242/projeto_011.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/243/projeto_12.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/244/projeto_13.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/246/projeto_014.2019cma.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/251/projeto_de_lei_cma_015-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/254/projeto_de_lei_cma_016-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/281/projeto_017.2019_cma.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/282/projeto_018.2019_cma.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/285/projeto_020.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/286/projeto_021.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/304/projeto_022.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/312/projeto_23_cma.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/314/projeto_024.2019-cma.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/319/projeto_027-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_001.2019.exe.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_004.2019.exe.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_005.2019.exe_gpcVBLv.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/199/projeto_006.2019.exe_rDvOg1A.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/220/projeto_008.2019_a6YvDtZ.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/219/projeto_009.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/240/projeto_010.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/221/projeto_012.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/223/projeto_013.2019_tPJmiio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/245/projeto_014.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/241/projeto_015.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/229/projeto_016.2019_9E7583g.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/238/projeto_017.2019_TpZypz7.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/239/projeto_018.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/253/projeto_de_lei_exe_019-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/248/projeto_020.2019_FQ3VKJb.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/249/projeto_021.2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/252/projeto_022.2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/255/projeto_de_lei_023-19_exe.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/256/projeto_de_lei_no_024.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/257/projeto_de_lei_no_025.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/283/projeto_de_lei_no_028.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/284/projeto_029.2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/287/projeto_030.2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/313/projeto_031.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/305/projeto_033.2019._exe.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/306/projeto_034.2019._exe.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/311/projeto_036_exe.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/315/proojeto_037.2019_exe.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/320/projeto_038-2019-exe.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/321/projeto_039-2019_exe.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/322/projeto_041-2019_exe_BC1lMLW.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/323/projeto_042-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/454/res_015.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/280/projeto_de_res._039-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/182/resolucao_01.2019.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/183/resolucao_02.2019.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/184/resolucao_03.2019.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/185/resolucao_04.2019.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/186/resolucao_05.2019.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/187/resolucao_06.2019.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/188/resolucao_07.2019.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/189/resolucao_08.2019.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/190/resolucao_09.2019.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/191/resolucao_10.2019.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/192/resolucao_11.2019.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/193/resolucao_12.2019.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/194/resolucao_13.2019.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/195/resolucao_14.2019.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/196/resolucao_15.2019.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/218/resolucao_16.2019.doc.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/258/resolucao_017-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/259/resolucao_018-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/260/resolucao_019-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/261/resolucao_021-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/262/resolucao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/263/resolucao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/264/resolucao_023-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/265/resolucao_024-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/266/resolucao_025-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/267/resolucao_026-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/268/resolucao_027-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/269/resolucao_028-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/270/resolucao_029-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/271/resolucao_030-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/272/resolucao_031-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/273/resolucao_032-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/274/resolucao_033-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/275/resolucao_034-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/276/resolucao_035-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/277/resolucao_036-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/278/resolucao_037-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/279/resolucao_038-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/288/resolucao_039.2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/289/resolucao_040-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/290/resolucao_041-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/293/resolucao_042-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/292/resolucao_043-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/294/resolucao_044-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/295/resolucao_045-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/296/resolucao_046-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/297/resolucao_047-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/298/resolucao_048-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/299/resolucao_049-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/300/resolucao_050-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/301/resolucao_051-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/302/resolucao_052-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/303/resolucao_053-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2019/247/denuncia_jgga_-_terreno_e_r.receita.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="243.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>