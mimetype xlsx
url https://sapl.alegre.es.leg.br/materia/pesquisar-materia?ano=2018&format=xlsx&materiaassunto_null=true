--- v0 (2026-01-29)
+++ v1 (2026-03-25)
@@ -51,1700 +51,1700 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Atos da Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/98/ato_da_mesa_001.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/98/ato_da_mesa_001.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO - 29/03/2018</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/99/ato_da_mesa_002.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/99/ato_da_mesa_002.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO - 01/06/2018</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/100/ato_da_mesa_003.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/100/ato_da_mesa_003.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO - 27/06/2018</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/101/ato_da_mesa_004.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/101/ato_da_mesa_004.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO - 02/07/2018</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/105/decreto_legislativo_002.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/105/decreto_legislativo_002.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PONTO FACULTATIVO - 12 E 14/02/2018</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/106/decreto_legislativo_003.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/106/decreto_legislativo_003.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROGRESSÃO HORIZONTAL DOS SERVIDORES DA CÂMARA MUNICIPAL, NOS TERMOS DA LEI MUNICIPAL Nº 3.432/2017.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/107/decreto_legislativo_004.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/107/decreto_legislativo_004.2018.pdf</t>
   </si>
   <si>
     <t>MANTÉM PARECER DO TCEES E REJEITA AS CONTAS DA PMA REFERENTES AO EXERCÍCIO DE 2011.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/108/decreto_legislativo_005.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/108/decreto_legislativo_005.2018.pdf</t>
   </si>
   <si>
     <t>MANTÉM PARECER DO TCEES E REJEITA AS CONTAS DA PMA REFERENTES AO EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/109/decreto_legislativo_006.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/109/decreto_legislativo_006.2018.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO - 22/06/2018</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/110/decreto_legislativo_007.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/110/decreto_legislativo_007.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO DE NATAL AOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/111/decreto_legislativo_008.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/111/decreto_legislativo_008.2018.pdf</t>
   </si>
   <si>
     <t>DECRETA LUTO OFICIAL NA CMA EM VIRTUDE DO FALECIMENTO DO EX VEREADOR HAILSON DE SOUZA ELEUTÉRIO.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/112/decreto_legislativo_009.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/112/decreto_legislativo_009.2018.pdf</t>
   </si>
   <si>
     <t>ANULA EMPENHO PARCIAL</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/113/decreto_legislativo_010.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/113/decreto_legislativo_010.2018.pdf</t>
   </si>
   <si>
     <t>ANULA EMPENHOPARCIAL</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/</t>
+    <t>http://sapl.alegre.es.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 52 DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofícios Expedidos 2018</t>
   </si>
   <si>
     <t>Claudinho de Rive</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/22/oficios_csp_2018_beSjJ2e.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/22/oficios_csp_2018_beSjJ2e.pdf</t>
   </si>
   <si>
     <t>Ofícios Expedidos 2018 - Indicações, pedidos de informação e demais solicitações encaminhadas pelo Parlamentar .</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Claudinho do Café</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/23/oficios_lcgs_2018_UoM1BVr.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/23/oficios_lcgs_2018_UoM1BVr.pdf</t>
   </si>
   <si>
     <t>Ofícios Expedidos 2018 - Indicações, pedidos de informação e demais solicitações encaminhadas pelo Parlamentar.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>ITA POLASTRELI</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/24/oficios_rp_2018_osM07aZ.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/24/oficios_rp_2018_osM07aZ.pdf</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Marquinho Bambu</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/25/oficios_mags_2018_sR6rshS.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/25/oficios_mags_2018_sR6rshS.pdf</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Marquinho do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/26/oficios_mr_2018_xBt4qqu.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/26/oficios_mr_2018_xBt4qqu.pdf</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Mosca</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/27/oficios_ega_2018_U7vECV8.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/27/oficios_ega_2018_U7vECV8.pdf</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Mário Pezão</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/28/oficios_mwpz_2018_3VawDJr.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/28/oficios_mwpz_2018_3VawDJr.pdf</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>ROMAR AZEVEDO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/29/oficios_ram_2018_KRYqW1l.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/29/oficios_ram_2018_KRYqW1l.pdf</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Romário Brasil</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/30/oficios_rbm_2019.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/30/oficios_rbm_2019.pdf</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Silvanea de Celina</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/31/oficios_svpb_2018_rPqMCuq.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/31/oficios_svpb_2018_rPqMCuq.pdf</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Theo Alves da Rocha</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/32/oficios_tar_2018_x9zs3eb.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/32/oficios_tar_2018_x9zs3eb.pdf</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Tio Marcos Dino</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/33/oficios_mad_2018_0weMs1b.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/33/oficios_mad_2018_0weMs1b.pdf</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>WILLIAN BESTETE</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/34/oficios_wab_2018_DEjK020.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/34/oficios_wab_2018_DEjK020.pdf</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>PPTC</t>
   </si>
   <si>
     <t>Parecer prévio do TCEES</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/771/processo_tribunal_de_contas_exerc._2014.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/771/processo_tribunal_de_contas_exerc._2014.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio TC 10212017 - Segunda Câmara, do Parecer do Ministério Público de Contas, da lnstrução Técnica Conclusiva 216612016 e do Relatório Técnico Contábil 6412016, prolatados no processo ÍC 3901120í5, que trata de Prestação de Contas Anual - exercício de 2014, da Prefeitura Municipal de Alegre.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/772/processo_tribunal_de_conta_ex._2013.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/772/processo_tribunal_de_conta_ex._2013.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio TC 04812017 - Segunda Câmara, do Parecer da Procuradoria Especial de_x000D_
 Contas PPJC 631712015, do Relatório Técnico Contábil RTC 67/2015, da lnstrução Contábil_x000D_
 Conclusiva - ICC 13712015 e da lnstrução Técnica Conclusiva 380112015, prolatados no_x000D_
 processo TC 268512014, que trata de Prestação de Contas Anual - Exercício de 2013, da_x000D_
 Prefeitura Municipal de Alegre</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/773/processo_tribunal_de_contas_exerc._2015.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/773/processo_tribunal_de_contas_exerc._2015.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio TC 09712017 - Primeira Câmara, do Parecer da Procuradoria Especial de Contas_x000D_
 PPJC 320812017, do Relatório Técnico Contábil RTC 7912017 e da lnstrução Técnica Conclusiva_x000D_
 257712017, prolatados no processo TC 489612016, que trata de Prestação de Contas Anual -_x000D_
 Exercício de 2015, da Prefeitura Municipal de Alegre.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>PRT</t>
   </si>
   <si>
     <t>Portaria Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/102/portaria_001.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/102/portaria_001.2018.pdf</t>
   </si>
   <si>
     <t>NOMEIA COMISSÃO PERMANENTE DE LICITAÇÃO - CMA</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/103/portaria_002.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/103/portaria_002.2018.pdf</t>
   </si>
   <si>
     <t>NOMEIA SERVIDOR PARA A FUNÇÃO DE CHEFE DE TESOURARIA DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/104/portaria_003.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/104/portaria_003.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE BENS MOVEIS DA CÂMARA MUNICIPAL PARA A PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>PLCMA</t>
   </si>
   <si>
     <t>Projeto de Lei CMA</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei__001-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei__001-2018_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A BEM PÚBLICO NO ÂMBITO DO PODER LEGISLATIVO, NESTE MUNICÍPIO DE ALEGRE/ES. "Maria Aparecida Gonçalves Viana"</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei__002-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei__002-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE MULTA AOS ATOS DE CRUELDADE PRATICADOS CONTRA ANIMAIS, INDEPENDENTEMENTE DE PUNIÇÕES PREVISTAS EM OUTROS DISPOSITIVOS LEGAIS.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei__003-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei__003-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DE MULTAS PARA OS PRATICANTES DE TROTES CONTRA O PRONTO ATENDIMENTO MUNICIPAL .</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_lei__004-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_lei__004-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE MUTILAÇÃO EM ANIMAIS PARA FINS ESTÉTICOS.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_de_lei__005-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_de_lei__005-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GRAVAÇÃO EM ÁUDIO E VÍDEO, DAS SESSÕES DE LICITAÇÕES PÚBLICAS REALIZADAS PELOS PODERES LEGISLATIVO E EXECUTIVO, NO ÂMBITO DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei__006-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei__006-2018_cma.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DA CIDADE DE ALEGRE-ES,  O “DIA  MUNICIPAL DO ROTARY CLUB DE ALEGRE DISTRITO 4410.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/10/projeto_de_lei__007-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/10/projeto_de_lei__007-2018_cma.pdf</t>
   </si>
   <si>
     <t>PROÍBE A FABRICAÇÃO, A COMERCIALIZAÇÃO, O MANUSEIO, A UTILIZAÇÃO, A QUEIMA E A SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS, ASSIM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO RUIDOSO NO MUNICÍPIO DE ALEGRE-ES, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/11/projeto_de_lei__008-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/11/projeto_de_lei__008-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO  DE ASFALTO PERMEÁVEL NAS RUAS DE ALEGRE - ES.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei__009_-2018_cma_N9nbdOC.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei__009_-2018_cma_N9nbdOC.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ALINHAMENTO E RETIRADA DE FIOS EM DESUSO E DESORDENADOS EXISTENTES EM POSTES DE ENERGIA ELÉTRICA.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COLOCAÇÃO DE UM AGENTE DE SEGURANÇA  EM TODOS CAIXAS ELETRÔNICOS NO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei__011-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei__011-2018_cma.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DESCONTO SOBRE O VALOR DA TARIFA MÍNIMA MENSAL DE SERVIÇO DE ÁGUA E ESGOTO, POR DIA DE FALTA DE ABASTECIMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei__012_-2018_-1.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei__012_-2018_-1.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO O EVENTO DENOMINADO “COPA SUL CAPIXABA DE DOWNHILL ”.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_013-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_013-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA “SEMANA MUNICIPAL DE INCENTIVO À PRÁTICA DE LEITURA”.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_014-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_014-2018_cma.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PROCEDER ALTERAÇÃO NA DATA DO DIA DO SERVIDOR PÚBLICO, PARA CONCESSÃO DE PONTO FACULTATIVO NO ÂMBITO DO MUNICÍPIO DE ALEGRE, QUANDO ESTE INCIDIR EM FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei__015_-2018_.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei__015_-2018_.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO  FESTA DA  COMUNIDADE DE BONS AIRES.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei__016_-2018_.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei__016_-2018_.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE CONSCIENTIZAÇÃO DO AUTISMO NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_no_17-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_no_17-2018_cma.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI MUNICIPAL N° 3.223/2012.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei__0018-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei__0018-2018_cma.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO DE ASSESSOR DE AUDITORIA INTERNA -CMA</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei__019-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei__019-2018_cma.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO §2º E ACRESCENTA §4º AO ART. 2º DO DA LEI MUNICIPAL Nº 2.784/2006.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei__020-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei__020-2018_cma.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO MÚSICO NO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/60/projeto_de_lei__021-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/60/projeto_de_lei__021-2018_cma.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI "PAI PRESENTE" PRORROGANDO A LICENÇA-PATERNIDADE PARA OS SERVIDORES REGIDOS PELA LEI N° 1963/92, DE 08 DE ABRIL DE 1992, DO MUNICÍPIO DE ALEGRE-ES</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei__022-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei__022-2018_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO DE ALEGRE (JOVERCINA GONÇALVES CAETANO).</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/65/projeto_de_lei__023-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/65/projeto_de_lei__023-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DO CARDÁPIO DE MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei__024-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei__024-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DA RELAÇÃO DE MEDICAMENTOS COLOCADOS À DISPOSIÇÃO DA POPULAÇÃO PELA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei__025-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei__025-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE BANHEIROS QUÍMICOS EM EVENTOS PÚBLICOS NO ÂMBITO DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/68/projeto_de_lei__026-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/68/projeto_de_lei__026-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DE MULTA AO CIDADÃO QUE FOR FLAGRADO JOGANDO LIXO NOS LOGRADOUROS PÚBLICOS, FORA DOS EQUIPAMENTOS DESTINADOS PARA ESTE FIM.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/69/projeto_de_lei__027-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/69/projeto_de_lei__027-2018_cma.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A IMPLEMENTAR CAMPANHA PUBLICITÁRIA VISANDO GARANTIR A LIMPEZA E CONSERVAÇÃO DAS VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/70/projeto_de_lei__028-2018_cma_Hw7kMEW.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/70/projeto_de_lei__028-2018_cma_Hw7kMEW.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DE LEIS MUNICIPAIS POR CRITÉRIOS CRONOLÓGICO OU ESPECIALIDADE.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/71/projeto_de_lei__029-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/71/projeto_de_lei__029-2018_cma.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PRIORIDADE PARA PAGAMENTO DOS SERVIDORES ATIVOS, 13º SALÁRIO, 1/3 DE FÉRIAS E DEMAIS VANTAGENS, NA FORMA QUE MENCIONA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_30.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_30.2018.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO O "ENCONTRO NACIONAL DE MOTOCICLISTAS - FILHOS DO REI".</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/84/projeto_031.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/84/projeto_031.2018.pdf</t>
   </si>
   <si>
     <t>Atribui denominação a logradouro público - Rua Cecílio Corrente.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/85/projeto_032-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/85/projeto_032-2018_cma.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO NA SEDE DO MUNICÍPIO - "RESIDENCIAL SCHWAN"</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/88/projeto_033-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/88/projeto_033-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS PARA ESTACIONAMENTO DE BICICLETAS NESTE MUNICÍPIO DE ALEGRE</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/89/projeto_034-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/89/projeto_034-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO PROGRESSIVA DA AQUISIÇÃO DE MATERIAL PLÁSTICO DESCARTÁVEL, DESTINADO AO CONSUMO DE BEBIDAS E ALIMENTOS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/90/projeto_035-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/90/projeto_035-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE APRESENTAÇÃO DA CARTEIRA DE VACINAÇÃO PARA MATRÍCULAS DE CRIANÇAS NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/91/projeto_036-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/91/projeto_036-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VACINAÇÃO DOMICILIAR DE IDOSOS E PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_037-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_037-2018_cma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS PRESTADORAS DE SERVIÇOS PÚBLICOS REALIZAR O RECAPEAMENTO DAS VIAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_038-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_038-2018_cma.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO A FESTA RELIGIOSA "SÃO JOÃO BATISTA"</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/168/cma_039_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/168/cma_039_projeto.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO A LOGRADOURO PÚBLICO NA SEDE DO MUNICÍPIO - RUA HALY JOSÉ PEREIRA - HALY TUIM.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/180/projeto_de_lei__040_-2018_cma.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/180/projeto_de_lei__040_-2018_cma.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO AOS SERVIDORES DO PODER LEGISLATIVO DE ALEGRE</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>PLIP</t>
   </si>
   <si>
     <t>Projeto de Lei de Iniciativa Popular</t>
   </si>
   <si>
     <t>Iniciativa Popular</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/44/exe_001_ip_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/44/exe_001_ip_projeto.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 3.473/2018.</t>
   </si>
   <si>
     <t>PLEXE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/21/exe_001projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/21/exe_001projeto.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO §1°, DO ART. 5º, DA LEI MUNICIPAL N° 3.459/2017 QUE AUTORIZA A CONTRATAÇÃO DE PROFISSIONAIS QUALIFICADOS, POR PRAZO DETERMINADO PARA ATENDER A IMPERIOSA NECESSIDADE NA EXECUÇÃO DE FUNÇÕES_x000D_
 INDISPENSÁVEIS À ADMINISTRAÇÃO PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/3/exe_002_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/3/exe_002_projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento dos créditos Tributários e não Tributários</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/45/exe_003_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/45/exe_003_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REPOSIÇÃO PARCIAL DAS PERDAS FINANCEIRAS DO SAAE EM RELAÇÃO A INFLAÇÃO NOS ÚLTIMOS 15 ANOS E DA IMPOSIÇÃO LEGAL DA CONTRIBUIÇÃO DO SAAE PARA O FUNDAGUA, ALTERA A ESTRUTURA DA TABELA TARIFARIA DESTA AUTARQUIA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/36/exe_004_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/36/exe_004_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO POR TEMPO DETERMINADO DE PROFISSIONAIS DE SAÚDE PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/37/exe_005_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/37/exe_005_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PARCELAMENTO ESPECIAL PARA QUITAÇÃO DE DÍVIDAS E/OU DÉBITOS MUNICIPAIS DA ADMINISTRAÇÃO DIRETA E INDIRETA.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/38/exe_006_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/38/exe_006_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA CONCESSÃO DE DIÁRIAS E ADIANTAMENTOS PARA POSTERIOR PRESTAÇÃO DE CONTAS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/39/exe_007_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/39/exe_007_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DO PRAZO PREVISTO NO ART. 1º DA LEI MUNICIPAL N° 3.475/2018, PARA A CONTRATAÇÃO DE PROFISSIONAIS QUALIFICADOS, POR PRAZO DETERMINADO PARA ATENDER A IMPERIOSA NECESSIDADE NA EXECUÇÃO DE FUNÇÕES INDISPENSÁVEIS À ADMINISTRAÇÃO PÚBLICA MUNICIPAL QUE FACULTA O §1°, DO ART. 5º, DA LEI MUNICIPAL N° 3.459/2017.</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/40/exe_008_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/40/exe_008_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADIÇÃO DE ELEMENTO DESPESA E CRIAÇÃO DE CRÉDITO ADICIONAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/46/exe_009_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/46/exe_009_projeto.pdf</t>
   </si>
   <si>
     <t>EXTINGUE DO ANEXO I DA LEI MUNICIPAL N° 3.245/2013 O CARGO DE CARGO DE COORDENADOR DE ASSUNTOS DO INTERIOR E TRANSPORTE, O CARGO DE COORDENADOR DE EVENTOS, 01 (UMA) VAGA DO CARGO DE AGENTE DE MOBILIZAÇÃO SOCIAL, 01 (UMA) VAGA DE ASSESSOR ADMINISTRATIVO DE ÁREA E 01 (UMA) VAGA DE COORDENADOR DE SERVIÇOS URBANOS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/41/exe_010_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/41/exe_010_projeto.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE INFRAESTRUTURA RURAL NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/47/exe_011_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/47/exe_011_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REGULARIZAÇÃO FUNDIÁRIA URBANA - REURB, NO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/42/exe_012_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/42/exe_012_projeto.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TIQUET FEIRA PARA OS SERVIDORES DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/43/exe_013_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/43/exe_013_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ALEGRE-ES COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, GERIDO PELO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DO MUNICÍPIO DE ALEGRE-ES - IPASMA,</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/48/exe_014_projeto.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/35/exe_015_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/48/exe_014_projeto.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/35/exe_015_projeto.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O FUNDO MUNICIPAL DE DESENVOLVIMENTO TERRITORIAL.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/49/exe_016_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/49/exe_016_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE ALEGRE-ES, A REALIZAR INSTRUMENTO DE CONVÊNIO COMO GOVERNO DO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/50/exe_017_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/50/exe_017_projeto.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 3338/2015, DETERMINANDO O RESTABELECIMENTO DA VIGÊNCIA DA LEI 3275/2013.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/51/exe_018_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/51/exe_018_projeto.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.472/2018.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/52/exe_019_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/52/exe_019_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/53/exe_020_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/53/exe_020_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PLANO DE AMORTIZAÇÃO DO DÉFICIT POR ALÍQUOTA SUPLEMENTAR, DESTINADAS AO INSTITUTO DE PREVIDÊNCIASE ASSISTÊNCIA DO mUNICÍPIO DE ALEGRE - IPASMA.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/56/exe_022_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/56/exe_022_projeto.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO  MUNICIPAL DE EDUCAÇÃO - FME</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/61/exe_023_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/61/exe_023_projeto.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO CONTIDO NA LEI MUNICIPAL Nº 3.248/2013, QUE DISPÕE SOBRE A EXTINÇÃO DA SECRETARIA MUNICIPAL DE COMUNICAÇÃO E A DE INTERIOR E TRANSPORTES.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/62/exe_024_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/62/exe_024_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE PROJETO/ATIVIDADE NO PPA 2018/2021 E ELEMENTO DE DESPESA NA LOA 2018.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/63/exe_025_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/63/exe_025_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADIÇÃO DE ELEMENTO DE DESPESA AO ORÇAMENTO VIGENTE ATRAVÉS DE SUPLEMENTAÇÃO DE DOTAÇÃO DE OUTRA UG DO MUNICÍPIO DE ALEGRE-ES.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/72/exe_026_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/72/exe_026_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A SE ASSOCIAR A ASSOCIAÇÃO COMERCIAL, INDUSTRIAL E SERVIÇOS DE ALEGRE - ACISA.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/73/exe_027_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/73/exe_027_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALIENAÇÃO DE BENS MÓVEIS INSERVÍVEIS DA AUTARQUIA  SAAE</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>INSTITUI A LEI GERAL MUNICIPAL DA MICROEMPRESA, EMPRESA DE PEQUENO PORTE E MICROEMPREENDEDOR INDIVIDUAL DO MUNICÍPIO DE ALEGRE, DE QUE TRATA A LEI COMPLEMENTAR N.° 123/2006 E SUAS ALTERAÇÕES, E REVOGA A LEI N.° 3.216, DE 30 DE AGOSTO DE 2012.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/79/projeto_029.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/79/projeto_029.2018.pdf</t>
   </si>
   <si>
     <t>ALTERA ART. 9º DA LEI MUNICIPAL Nº 3.288/2013, PASSANDO O MANDATO DOS CONSELHEIROS MUNICIPAIS DE SAÚDE PARA 3 ANOS, EM CONFORMIDADE COM O DISPOSTO NA LEI ESTADUAL N] 10.598/2016, QUE ALTEROU O ART. 7º DA LEI ESTADUAL Nº 7.964/2004.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/80/projeto_030.2018_i57jMxe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/80/projeto_030.2018_i57jMxe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADIÇÃO DE ELEMENTO DE DESPESA AO ORÇAMENTO VIGENTE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/86/projeto_031.2018_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/86/projeto_031.2018_exe.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALEGRE PARA O EXERCÍCIO FINANCEIRO DE 2019 - 92.600.000,00</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/87/projeto_032.2018_exe_parte_01.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/87/projeto_032.2018_exe_parte_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE ALEGRE-ES</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/93/exe_033_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/93/exe_033_projeto.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL Nº3.484/2018, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DA CONCESSÃO DE DIÁRIAS E ADIANTAMENTOS</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/94/exe_034_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/94/exe_034_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE PROFISSIONAIS DA SAÚDE, POR PRAZO DETERMINADO, PARA ATENDER A IMPERIOSA NECESSIDADE DO REGULAR FUNCIONAMENTO DA SECRETARIA MUNICIPAL DE SAÚDE E SANEAMENTO.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/95/exe_035_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/95/exe_035_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS, NA FORMA DO ARTIGO 198, § 4o DA CRFB/88 E LEI FEDERAL 11.350, DE 05/10/2006</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/96/exe_036_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/96/exe_036_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A AQUISIÇÃO DE BENS IMÓVEIS, NA FORMA DO ART. 32, DA LEI ORGÂNICA DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/97/exe_037_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/97/exe_037_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS E CARREIRAS DO PESSOAL DO MAGISTÉRIO PUBLICO SUPERIOR E TÉCNICO ADMINISTRATIVO DA FAFIA.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/162/projeto__038-2018-exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/162/projeto__038-2018-exe.pdf</t>
   </si>
   <si>
     <t>ALTER AS LEIS Nº 2.827/2007, 3.316/2014 E 3.428/2017.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/163/projeto__039-2018-exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/163/projeto__039-2018-exe.pdf</t>
   </si>
   <si>
     <t>DISPÕES DOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE PARA REPASSE FINANCEIRO AO COSÓRCIO PÚBLICO DA REGIÃO DO CAPARAÓ - R$ 333.600,00</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_040-2018_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_040-2018_exe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PROCEDER A CESSÃO DE USO DE BEM MÓVEL À CASA DE CARIDADE SÃO JOSÉ.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_041-2018_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_041-2018_exe.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 28 DA LEI Nº 3.482/18</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_042-2018_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_042-2018_exe.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE PARA ASSISTÊNCIA SOCIAL (100.000,00)</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/181/projeto_043-2018_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/181/projeto_043-2018_exe.pdf</t>
   </si>
   <si>
     <t>Altera os cargos de provimento em comissão que integram o Anexo V da Lei nº 2.620/2004</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/169/045_exe_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/169/045_exe_projeto.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO O CADASTRO TÉCNICO AMBIENTAL DE ATIVIDADES – CTAA, COM A INCLUSÃO DA TAXA DE CONTROLE E FISCALIZAÇÃO AMBIENTAL MUNICIPAL – TCFA-M.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/170/046_exe_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/170/046_exe_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE PERÍCIA MÉDICA POR JUNTA MÉDICA OFICIAL E A REAVALIAÇÃO MÉDICA PERIÓDICA.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/171/048_exe_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/171/048_exe_projeto.pdf</t>
   </si>
   <si>
     <t>INTRODUZ O PARÁGRAFO ÚNICO NO ART.58 DO ESTATUTO DO S FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE ALEGRE – LEI Nº 1.963/92.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/172/049_exe_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/172/049_exe_projeto.pdf</t>
   </si>
   <si>
     <t>FICA OBRIGADO O MUNICÍPIO DE ALEGRE E SUAS AUTARQUIAS MUNICIPAIS À PERMISSÃO DE ACESSO IRRESTRITO À BASE CADASTRAL DE TODOS OS SERVIDORES ATIVOS E SEUS RESPECTIVOS DEPENDENTES QUANDO SOLICITADO PELO IPASMA</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/173/050_exe_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/173/050_exe_projeto.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE ATUALIZAÇÃO CADASTRAL ANUAL DOS SERVIDORES PÚBLICOS ATIVOS, INATIVOS E PENSIONISTAS, SEGURADOS DO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DO MUNICÍPIO DE ALEGRE – IPASMA</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/174/051_exe_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/174/051_exe_projeto.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA PERMANENTE DE ATUALIZAÇÃO CADASTRAL DOS SERVIDORES PÚBLICOS MUNICIPAIS, ATIVOS E INATIVOS, VINCULADOS AO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL – RPPS, DENOMINADO CENSO PREVIDENCIÁRIO</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/175/052_exe_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/175/052_exe_projeto.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE EDUCAÇÃO AMBIENTAL.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/176/exe_055_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/176/exe_055_projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS, NA FORMA DO ARTIGO 198, § 4o DA CRFB/88 E LEI FEDERAL 11.350, DE 05/10/2006.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/177/exe_056_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/177/exe_056_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITOS SUPLEMENTARES DURANTE A EXECUÇÃO DO ORÇAMENTO MUNICIPAL NO EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/178/exe_057_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/178/exe_057_projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DAS LEIS MUNICIPAIS N° 3.449/2018 PLANO PLURIANUAL 2018-2022, N° 3.514/2018 LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA 2019 DO MUNICÍPIO DE ALEGRE.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/179/exe_058_projeto.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/179/exe_058_projeto.pdf</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/114/resolucao_legislativa_001.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/114/resolucao_legislativa_001.2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ARTIGO 14, DA RESOLUÇÃO LEGISLATIVA N° 017/2004</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/115/resolucao_legislativa_002_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/115/resolucao_legislativa_002_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MARIA DA PENHA ANDRADE ALVES, O DIPLOMA DE “HONRA AO MÉRITO”, PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/116/resolucao_legislativa_003_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/116/resolucao_legislativa_003_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ARMINDA DIAS DA SILVA, O DIPLOMA DE "HONRA AO MÉRITO” , PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/117/resolucao_legislativa_004_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/117/resolucao_legislativa_004_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA TÂNIA MARA DE OLIVEIRA CAMPOS O DIPLOMA DE “HONRA AO MÉRITO” , PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/118/resolucao_legislativa_005_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/118/resolucao_legislativa_005_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA LETÍCIA CALEGÁRIO CADE OLIVEIRA, O DIPLOMA DE “HONRA AO MÉRITO” , PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/119/resolucao_legislativa_006_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/119/resolucao_legislativa_006_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA LUCELENE DE SOUZA COELHO, O DIPLOMA DE “HONRA AO MÉRITO”, PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/120/resolucao_legislativa_007_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/120/resolucao_legislativa_007_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA SILVANA KLUG BASILIO DE SOUZA ALVAREZ, O  DIPLOMA DE "HONRA AO MÉRITO” , PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/121/resolucao_legislativa_008_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/121/resolucao_legislativa_008_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA SIMONE VALADARES BARBOSA, O DIPLOMA DE "HONRA AO MÉRITO” , PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/122/resolucao_legislativa_009_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/122/resolucao_legislativa_009_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA CECÍLIA MARIA PAVESI SIMÃO ALBANI, O DIPLOMA DE "HONRA AO MÉRITO” , PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/123/resolucao_legislativa_010_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/123/resolucao_legislativa_010_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA EUNICE ALVES DA SILVA, O DIPLOMA DE "HONRA AO MÉRITO” , PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/124/resolucao_legislativa_011_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/124/resolucao_legislativa_011_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ELIZETE DA SILVA MARTINS, O DIPLOMA DE "HONRA AO MÉRITO”, PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/125/resolucao_legislativa_012_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/125/resolucao_legislativa_012_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ANGÉLICA REGINA DE SOUZA RODRIGUES, O DIPLOMA DE "HONRA AO MÉRITO”, PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/126/resolucao_legislativa_013_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/126/resolucao_legislativa_013_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA ROSINEI SILVA DOMINGOS, O DIPLOMA DE "HONRA AO MÉRITO”, PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/127/resolucao_legislativa_014_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/127/resolucao_legislativa_014_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA CÉLIA REGINA DE OLIVEIRA ALVES, O DIPLOMA DE “HONRA AO MÉRITO”, PELO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/128/resolucao_legislativa_015.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/128/resolucao_legislativa_015.2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 10, DA RESOLUÇÃO LEGISLATIVA N° 008/95 - REGIMENTO INTERNO DA CMA.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/129/resolucao_legislativa_016_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/129/resolucao_legislativa_016_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA JANAINA VIANNA DE SOUZA, O TÍTULO DE "CIDADÃ ALEGRENSE”.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/130/resolucao_legislativa_017_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/130/resolucao_legislativa_017_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO PASTOR EDUARDO SUDRE PEREIRA, O TÍTULO DE "CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/131/resolucao_legislativa_018_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/131/resolucao_legislativa_018_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA CRISTIANE TEIXEIRA DA CRUZ, O TÍTULO DE "CIDADÃ ALEGRENSE”.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/132/resolucao_legislativa_019_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/132/resolucao_legislativa_019_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA DANIELLE PEREIRA DUARTE, O TÍTULO DE "CIDADÃ ALEGRENSE”.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/133/resolucao_legislativa_020_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/133/resolucao_legislativa_020_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR MAURICIO ALONSO DE REZENDE FILHO, O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/134/resolucao_legislativa_021_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/134/resolucao_legislativa_021_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO PADRE ANTÔNIO MARCOS MOURA DA SILVA O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/135/resolucao_legislativa_022_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/135/resolucao_legislativa_022_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR THIAGO PIRES MENDES, O TÍTULO DE "CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/136/resolucao_legislativa_023_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/136/resolucao_legislativa_023_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO PASTOR MARCELO AGUIAR DE LIMA, O TÍTULO DE "CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/137/resolucao_legislativa_024_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/137/resolucao_legislativa_024_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR PEDRO PIERRO MENDONÇA, O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/138/resolucao_legislativa_025_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/138/resolucao_legislativa_025_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR EVERALDO COLODETTI, O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/139/resolucao_legislativa_026_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/139/resolucao_legislativa_026_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR ALMIR DE JESUS, O TÍTULO DE "CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/140/resolucao_legislativa_027_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/140/resolucao_legislativa_027_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR NIKOLAS FREDERICO RODRIGUES CAMPOS, O TÍTULO DE "CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/141/resolucao_legislativa_028_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/141/resolucao_legislativa_028_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR LEANDRO TOLEDO MACEDO CAMPOS, O TÍTULO DE “CIDADÃO ALEGRENSE”.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/142/resolucao_legislativa_029_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/142/resolucao_legislativa_029_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO DOM VICENTE DE PAULA FERREIRA, O TÍTULO DE "ALEGRENSE AUSENTE”.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/143/resolucao_legislativa_030_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/143/resolucao_legislativa_030_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR ROBSON HONORATO CARDOSO, O TÍTULO DE "ELIAS SIMÃO”.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/144/resolucao_legislativa_031_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/144/resolucao_legislativa_031_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO CORONEL ANSELMO LIMA, O TÍTULO DE "MONSENHOR JOÃO BATISTA PAVESI”.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/145/resolucao_legislativa_032_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/145/resolucao_legislativa_032_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A SENHORA MARIA MARGARIDA DE JESUS, O TÍTULO DE "MONSENHOR JOSÉ BELLOTTI”.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/146/resolucao_legislativa_033_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/146/resolucao_legislativa_033_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR CARLOS HUMBERTO MANNATO, O TÍTULO DE "AMIGO DE ALEGRE”.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/147/resolucao_legislativa_034_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/147/resolucao_legislativa_034_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO SENHOR MARCOS EDUARDO HARTWIG, O TÍTULO DE “CIDADÃO BENEMÉRITO”.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/148/resolucao_legislativa_035_2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/148/resolucao_legislativa_035_2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO PASTOR GERSON DOS SANTOS, O TÍTULO DE "HONRA AO MÉRITO PASTOR FRANCISCO COLARES”.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/149/resolucao_legislativa_036.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/149/resolucao_legislativa_036.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA MARIA LUIZA MORELLI DE SOUZA, O TÍTULO DE "EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/150/resolucao_legislativa_037.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/150/resolucao_legislativa_037.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO PROFESSOR NILTON RODRIGUES RIBEIRO, O TÍTULO DE "EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/151/resolucao_legislativa_038.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/151/resolucao_legislativa_038.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA MARIA MAGNÓLIA MORELLI, O TÍTULO DE "EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/152/resolucao_legislativa_039.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/152/resolucao_legislativa_039.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO PROFESSOR JHONNY CAZONI DE OLIVEIRA, O TÍTULO DE “EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/153/resolucao_legislativa_040.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/153/resolucao_legislativa_040.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA ANA MARIA DE SOUZA, O TÍTULO DE "EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/154/resolucao_legislativa_041.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/154/resolucao_legislativa_041.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO PROFESSOR ALEXANDRE DUARTE VENÂNCIO, O TÍTULO DE “EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/155/resolucao_legislativa_042.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/155/resolucao_legislativa_042.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA APARECIDA DEOLINDA RODRIGUES MODOLO, O TÍTULO DE "EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/156/resolucao_legislativa_043.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/156/resolucao_legislativa_043.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA KÁTIA LUCIANA VENIAL PONTES, O TÍTULO DE “EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/157/resolucao_legislativa_044.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/157/resolucao_legislativa_044.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA THAIS VIANNA SILVA, O TÍTULO DE "EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/158/resolucao_legislativa_045.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/158/resolucao_legislativa_045.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA NAYARA CABANÊS DE CASTRO, O TÍTULO DE "EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/159/resolucao_legislativa_046.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/159/resolucao_legislativa_046.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA MARIA DE FÁTIMA MONTOZO CORRÊA, O TÍTULO DE “EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/160/resolucao_legislativa_047.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/160/resolucao_legislativa_047.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA ANNA PAULA DA SILVA HANO, O TÍTULO DE “EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/161/resolucao_legislativa_048.2018.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/161/resolucao_legislativa_048.2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE A PROFESSORA VERA LÚCIA ALVARES, O TÍTULO DE "EDUCADOR EMÉRITO”.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/54/veto_proj._012-2018_exe.pdf</t>
+    <t>http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/54/veto_proj._012-2018_exe.pdf</t>
   </si>
   <si>
     <t>VETO AO ART. 3º  DO PROJETO DE LEI Nº 012/2018 - EXE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2051,68 +2051,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/98/ato_da_mesa_001.2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/99/ato_da_mesa_002.2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/100/ato_da_mesa_003.2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/101/ato_da_mesa_004.2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/105/decreto_legislativo_002.2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/106/decreto_legislativo_003.2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/107/decreto_legislativo_004.2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/108/decreto_legislativo_005.2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/109/decreto_legislativo_006.2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/110/decreto_legislativo_007.2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/111/decreto_legislativo_008.2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/112/decreto_legislativo_009.2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/113/decreto_legislativo_010.2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/22/oficios_csp_2018_beSjJ2e.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/23/oficios_lcgs_2018_UoM1BVr.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/24/oficios_rp_2018_osM07aZ.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/25/oficios_mags_2018_sR6rshS.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/26/oficios_mr_2018_xBt4qqu.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/27/oficios_ega_2018_U7vECV8.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/28/oficios_mwpz_2018_3VawDJr.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/29/oficios_ram_2018_KRYqW1l.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/30/oficios_rbm_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/31/oficios_svpb_2018_rPqMCuq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/32/oficios_tar_2018_x9zs3eb.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/33/oficios_mad_2018_0weMs1b.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/34/oficios_wab_2018_DEjK020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/771/processo_tribunal_de_contas_exerc._2014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/772/processo_tribunal_de_conta_ex._2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/773/processo_tribunal_de_contas_exerc._2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/102/portaria_001.2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/103/portaria_002.2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/104/portaria_003.2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei__001-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei__002-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei__003-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_lei__004-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_de_lei__005-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei__006-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/10/projeto_de_lei__007-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/11/projeto_de_lei__008-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei__009_-2018_cma_N9nbdOC.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei__011-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei__012_-2018_-1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_013-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_014-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei__015_-2018_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei__016_-2018_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_no_17-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei__0018-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei__019-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei__020-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/60/projeto_de_lei__021-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei__022-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/65/projeto_de_lei__023-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei__024-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei__025-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/68/projeto_de_lei__026-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/69/projeto_de_lei__027-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/70/projeto_de_lei__028-2018_cma_Hw7kMEW.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/71/projeto_de_lei__029-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_30.2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/84/projeto_031.2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/85/projeto_032-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/88/projeto_033-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/89/projeto_034-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/90/projeto_035-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/91/projeto_036-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_037-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_038-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/168/cma_039_projeto.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/180/projeto_de_lei__040_-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/44/exe_001_ip_projeto.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/21/exe_001projeto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/3/exe_002_projeto.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/45/exe_003_projeto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/36/exe_004_projeto.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/37/exe_005_projeto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/38/exe_006_projeto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/39/exe_007_projeto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/40/exe_008_projeto.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/46/exe_009_projeto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/41/exe_010_projeto.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/47/exe_011_projeto.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/42/exe_012_projeto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/43/exe_013_projeto.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/48/exe_014_projeto.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/35/exe_015_projeto.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/49/exe_016_projeto.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/50/exe_017_projeto.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/51/exe_018_projeto.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/52/exe_019_projeto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/53/exe_020_projeto.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/56/exe_022_projeto.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/61/exe_023_projeto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/62/exe_024_projeto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/63/exe_025_projeto.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/72/exe_026_projeto.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/73/exe_027_projeto.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/79/projeto_029.2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/80/projeto_030.2018_i57jMxe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/86/projeto_031.2018_exe.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/87/projeto_032.2018_exe_parte_01.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/93/exe_033_projeto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/94/exe_034_projeto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/95/exe_035_projeto.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/96/exe_036_projeto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/97/exe_037_projeto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/162/projeto__038-2018-exe.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/163/projeto__039-2018-exe.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_040-2018_exe.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_041-2018_exe.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_042-2018_exe.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/181/projeto_043-2018_exe.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/169/045_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/170/046_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/171/048_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/172/049_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/173/050_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/174/051_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/175/052_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/176/exe_055_projeto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/177/exe_056_projeto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/178/exe_057_projeto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/179/exe_058_projeto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/114/resolucao_legislativa_001.2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/115/resolucao_legislativa_002_2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/116/resolucao_legislativa_003_2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/117/resolucao_legislativa_004_2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/118/resolucao_legislativa_005_2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/119/resolucao_legislativa_006_2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/120/resolucao_legislativa_007_2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/121/resolucao_legislativa_008_2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/122/resolucao_legislativa_009_2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/123/resolucao_legislativa_010_2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/124/resolucao_legislativa_011_2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/125/resolucao_legislativa_012_2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/126/resolucao_legislativa_013_2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/127/resolucao_legislativa_014_2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/128/resolucao_legislativa_015.2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/129/resolucao_legislativa_016_2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/130/resolucao_legislativa_017_2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/131/resolucao_legislativa_018_2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/132/resolucao_legislativa_019_2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/133/resolucao_legislativa_020_2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/134/resolucao_legislativa_021_2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/135/resolucao_legislativa_022_2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/136/resolucao_legislativa_023_2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/137/resolucao_legislativa_024_2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/138/resolucao_legislativa_025_2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/139/resolucao_legislativa_026_2018.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/140/resolucao_legislativa_027_2018.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/141/resolucao_legislativa_028_2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/142/resolucao_legislativa_029_2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/143/resolucao_legislativa_030_2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/144/resolucao_legislativa_031_2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/145/resolucao_legislativa_032_2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/146/resolucao_legislativa_033_2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/147/resolucao_legislativa_034_2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/148/resolucao_legislativa_035_2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/149/resolucao_legislativa_036.2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/150/resolucao_legislativa_037.2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/151/resolucao_legislativa_038.2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/152/resolucao_legislativa_039.2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/153/resolucao_legislativa_040.2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/154/resolucao_legislativa_041.2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/155/resolucao_legislativa_042.2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/156/resolucao_legislativa_043.2018.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/157/resolucao_legislativa_044.2018.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/158/resolucao_legislativa_045.2018.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/159/resolucao_legislativa_046.2018.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/160/resolucao_legislativa_047.2018.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/161/resolucao_legislativa_048.2018.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/54/veto_proj._012-2018_exe.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/98/ato_da_mesa_001.2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/99/ato_da_mesa_002.2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/100/ato_da_mesa_003.2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/101/ato_da_mesa_004.2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/105/decreto_legislativo_002.2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/106/decreto_legislativo_003.2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/107/decreto_legislativo_004.2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/108/decreto_legislativo_005.2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/109/decreto_legislativo_006.2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/110/decreto_legislativo_007.2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/111/decreto_legislativo_008.2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/112/decreto_legislativo_009.2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/113/decreto_legislativo_010.2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/22/oficios_csp_2018_beSjJ2e.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/23/oficios_lcgs_2018_UoM1BVr.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/24/oficios_rp_2018_osM07aZ.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/25/oficios_mags_2018_sR6rshS.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/26/oficios_mr_2018_xBt4qqu.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/27/oficios_ega_2018_U7vECV8.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/28/oficios_mwpz_2018_3VawDJr.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/29/oficios_ram_2018_KRYqW1l.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/30/oficios_rbm_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/31/oficios_svpb_2018_rPqMCuq.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/32/oficios_tar_2018_x9zs3eb.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/33/oficios_mad_2018_0weMs1b.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/34/oficios_wab_2018_DEjK020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/771/processo_tribunal_de_contas_exerc._2014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/772/processo_tribunal_de_conta_ex._2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/773/processo_tribunal_de_contas_exerc._2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/102/portaria_001.2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/103/portaria_002.2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/104/portaria_003.2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei__001-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei__002-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei__003-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_lei__004-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_de_lei__005-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei__006-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/10/projeto_de_lei__007-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/11/projeto_de_lei__008-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei__009_-2018_cma_N9nbdOC.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei__011-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei__012_-2018_-1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_013-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_014-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei__015_-2018_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei__016_-2018_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_no_17-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei__0018-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei__019-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei__020-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/60/projeto_de_lei__021-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei__022-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/65/projeto_de_lei__023-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei__024-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei__025-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/68/projeto_de_lei__026-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/69/projeto_de_lei__027-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/70/projeto_de_lei__028-2018_cma_Hw7kMEW.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/71/projeto_de_lei__029-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_30.2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/84/projeto_031.2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/85/projeto_032-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/88/projeto_033-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/89/projeto_034-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/90/projeto_035-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/91/projeto_036-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_037-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_038-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/168/cma_039_projeto.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/180/projeto_de_lei__040_-2018_cma.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/44/exe_001_ip_projeto.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/21/exe_001projeto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/3/exe_002_projeto.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/45/exe_003_projeto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/36/exe_004_projeto.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/37/exe_005_projeto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/38/exe_006_projeto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/39/exe_007_projeto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/40/exe_008_projeto.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/46/exe_009_projeto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/41/exe_010_projeto.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/47/exe_011_projeto.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/42/exe_012_projeto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/43/exe_013_projeto.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/48/exe_014_projeto.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/35/exe_015_projeto.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/49/exe_016_projeto.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/50/exe_017_projeto.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/51/exe_018_projeto.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/52/exe_019_projeto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/53/exe_020_projeto.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/56/exe_022_projeto.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/61/exe_023_projeto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/62/exe_024_projeto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/63/exe_025_projeto.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/72/exe_026_projeto.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/73/exe_027_projeto.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/79/projeto_029.2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/80/projeto_030.2018_i57jMxe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/86/projeto_031.2018_exe.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/87/projeto_032.2018_exe_parte_01.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/93/exe_033_projeto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/94/exe_034_projeto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/95/exe_035_projeto.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/96/exe_036_projeto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/97/exe_037_projeto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/162/projeto__038-2018-exe.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/163/projeto__039-2018-exe.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_040-2018_exe.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_041-2018_exe.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_042-2018_exe.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/181/projeto_043-2018_exe.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/169/045_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/170/046_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/171/048_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/172/049_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/173/050_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/174/051_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/175/052_exe_projeto.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/176/exe_055_projeto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/177/exe_056_projeto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/178/exe_057_projeto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/179/exe_058_projeto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/114/resolucao_legislativa_001.2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/115/resolucao_legislativa_002_2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/116/resolucao_legislativa_003_2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/117/resolucao_legislativa_004_2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/118/resolucao_legislativa_005_2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/119/resolucao_legislativa_006_2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/120/resolucao_legislativa_007_2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/121/resolucao_legislativa_008_2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/122/resolucao_legislativa_009_2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/123/resolucao_legislativa_010_2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/124/resolucao_legislativa_011_2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/125/resolucao_legislativa_012_2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/126/resolucao_legislativa_013_2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/127/resolucao_legislativa_014_2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/128/resolucao_legislativa_015.2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/129/resolucao_legislativa_016_2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/130/resolucao_legislativa_017_2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/131/resolucao_legislativa_018_2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/132/resolucao_legislativa_019_2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/133/resolucao_legislativa_020_2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/134/resolucao_legislativa_021_2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/135/resolucao_legislativa_022_2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/136/resolucao_legislativa_023_2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/137/resolucao_legislativa_024_2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/138/resolucao_legislativa_025_2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/139/resolucao_legislativa_026_2018.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/140/resolucao_legislativa_027_2018.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/141/resolucao_legislativa_028_2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/142/resolucao_legislativa_029_2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/143/resolucao_legislativa_030_2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/144/resolucao_legislativa_031_2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/145/resolucao_legislativa_032_2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/146/resolucao_legislativa_033_2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/147/resolucao_legislativa_034_2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/148/resolucao_legislativa_035_2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/149/resolucao_legislativa_036.2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/150/resolucao_legislativa_037.2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/151/resolucao_legislativa_038.2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/152/resolucao_legislativa_039.2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/153/resolucao_legislativa_040.2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/154/resolucao_legislativa_041.2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/155/resolucao_legislativa_042.2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/156/resolucao_legislativa_043.2018.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/157/resolucao_legislativa_044.2018.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/158/resolucao_legislativa_045.2018.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/159/resolucao_legislativa_046.2018.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/160/resolucao_legislativa_047.2018.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/161/resolucao_legislativa_048.2018.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alegre.es.leg.br/media/sapl/public/materialegislativa/2018/54/veto_proj._012-2018_exe.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>